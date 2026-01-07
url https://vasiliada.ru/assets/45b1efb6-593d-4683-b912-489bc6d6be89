--- v0 (2025-10-16)
+++ v1 (2026-01-07)
@@ -7,3060 +7,3554 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00966373" w:rsidRPr="002A4A7D" w:rsidRDefault="00966373" w:rsidP="008E50ED">
+    <w:p w14:paraId="18948E1E" w14:textId="3018FB68" w:rsidR="00966373" w:rsidRPr="008F7A19" w:rsidRDefault="00966373" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="102"/>
+        <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="5060" w:right="20"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="101"/>
-          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002A4A7D">
+      <w:r w:rsidRPr="008F7A19">
         <w:rPr>
           <w:rStyle w:val="101"/>
-          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Приложение 1</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r w:rsidR="008F7A19" w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rStyle w:val="101"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rStyle w:val="101"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="161CDC15" w14:textId="4A5FC1E5" w:rsidR="00074CF0" w:rsidRPr="008F7A19" w:rsidRDefault="0000663E" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="exact"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="00966373" w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Положению о </w:t>
+      </w:r>
+      <w:r w:rsidR="00D510CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4292" w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="00074CF0" w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Профессиональном </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C33DA88" w14:textId="77777777" w:rsidR="00966373" w:rsidRPr="008F7A19" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="exact"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Всероссийском </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF69F3" w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>онкурсе педагогического мастерства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C53897F" w14:textId="77777777" w:rsidR="00966373" w:rsidRPr="008F7A19" w:rsidRDefault="00652E2B" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="exact"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>«Вселенский конкурс Святителя Василия Великого»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BCE8ACD" w14:textId="77777777" w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...107 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DAFC71E" w14:textId="605D62F8" w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA5E02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Заявка на участие в </w:t>
       </w:r>
       <w:r w:rsidR="008E50ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>К</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA5E02">
-[...7 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00123265">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>онкурсе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B76B245" w14:textId="77777777" w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="00570CD4">
-      <w:pPr>
+    <w:p w14:paraId="43A2023E" w14:textId="569E56B7" w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA5E02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Прошу рассмотреть мою заявку на участие в </w:t>
       </w:r>
-      <w:r w:rsidR="00074CF0" w:rsidRPr="00BA5E02">
+      <w:r w:rsidR="00D510CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4292">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>I</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0026176F">
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="00074CF0" w:rsidRPr="00BA5E02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>II</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Профессиональном Всероссийском </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF69F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>к</w:t>
       </w:r>
       <w:r w:rsidR="00074CF0" w:rsidRPr="00BA5E02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Профессиональном Всероссийском </w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>онкурсе педагогического мастерства</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA5E02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> «</w:t>
       </w:r>
       <w:r w:rsidR="002C4309" w:rsidRPr="00BA5E02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Вселенский конкурс Святителя Василия Великого</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA5E02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="00570CD4">
-      <w:pPr>
+    <w:p w14:paraId="393CE40F" w14:textId="77777777" w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA5E02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Ф.И.О. _______________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00074CF0" w:rsidRPr="00BA5E02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>__________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA5E02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="00570CD4">
-      <w:pPr>
+    <w:p w14:paraId="7005DDA0" w14:textId="496796AA" w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA5E02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Фактический адрес</w:t>
       </w:r>
       <w:r w:rsidR="00287687">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF5BCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>проживания:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA5E02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> ______________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00074CF0" w:rsidRPr="00BA5E02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>______</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="00D00516">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00074CF0" w:rsidRPr="00BA5E02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C143C96" w14:textId="77777777" w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA5E02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00074CF0" w:rsidRPr="00BA5E02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>_________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="00570CD4">
-      <w:pPr>
+    <w:p w14:paraId="253E0389" w14:textId="77777777" w:rsidR="005827B8" w:rsidRDefault="00966373" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA5E02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Телефон, </w:t>
       </w:r>
+      <w:r w:rsidR="005827B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>адрес электронной почты</w:t>
+      </w:r>
       <w:r w:rsidRPr="00BA5E02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA5E02">
-[...29 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CD0E976" w14:textId="77777777" w:rsidR="005827B8" w:rsidRPr="00BA5E02" w:rsidRDefault="005827B8" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00BA5E02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0260138B" w14:textId="77777777" w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="00570CD4">
-      <w:pPr>
+    <w:p w14:paraId="6084FC4E" w14:textId="043CCA99" w:rsidR="00EC4292" w:rsidRPr="002A4A7D" w:rsidRDefault="00EC4292" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">_________________                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68D036D7" w14:textId="77777777" w:rsidR="00EC4292" w:rsidRPr="002A4A7D" w:rsidRDefault="00EC4292" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>дата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">)   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                   (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">         (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>расшифровка подписи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37556290" w14:textId="77777777" w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA5E02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Дата___________                                                        </w:t>
-[...15 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B308C0" w14:textId="77777777" w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA5E02">
-[...7 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C6390CF" w14:textId="77777777" w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="00570CD4">
-      <w:pPr>
+    <w:p w14:paraId="02B70DA0" w14:textId="726CA078" w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00A74443" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:pPr>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5E02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласен на </w:t>
+      </w:r>
+      <w:r w:rsidR="001B7B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>обработку</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5E02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>хранение</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>, передачу третьим лицам моих</w:t>
+      </w:r>
+      <w:r w:rsidR="00966373" w:rsidRPr="00BA5E02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> персональных данных </w:t>
+      </w:r>
+      <w:r w:rsidR="00092DA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>в целях проведения</w:t>
+      </w:r>
+      <w:r w:rsidR="00966373" w:rsidRPr="00BA5E02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="00966373" w:rsidRPr="00BA5E02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>онкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43925DFC" w14:textId="77777777" w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16D4D5A3" w14:textId="77777777" w:rsidR="00EC4292" w:rsidRPr="002A4A7D" w:rsidRDefault="00EC4292" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">_________________                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E148788" w14:textId="77777777" w:rsidR="00EC4292" w:rsidRPr="002A4A7D" w:rsidRDefault="00EC4292" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:i/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>дата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">)   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                   (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:i/>
-          <w:u w:val="single"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">         (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:i/>
-          <w:u w:val="single"/>
-[...86 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+        <w:t>расшифровка подписи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5949FD96" w14:textId="77777777" w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="00570CD4">
+    <w:p w14:paraId="0692456D" w14:textId="77777777" w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="102"/>
+        <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="574" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5060" w:right="20"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="101"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0026176F" w:rsidRPr="0026176F" w:rsidRDefault="0026176F" w:rsidP="0026176F">
-      <w:pPr>
+    <w:p w14:paraId="347E2996" w14:textId="79192572" w:rsidR="0026176F" w:rsidRPr="0026176F" w:rsidRDefault="0026176F" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:after="574" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-142" w:right="20"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0026176F">
-[...87 lines deleted...]
-    <w:p w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="00570CD4">
+    </w:p>
+    <w:p w14:paraId="0FF3D864" w14:textId="77777777" w:rsidR="00EC4292" w:rsidRDefault="00EC4292" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="102"/>
+        <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="574" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5060" w:right="20"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="101"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="00570CD4">
+        <w:sectPr w:rsidR="00EC4292" w:rsidSect="009A62E9">
+          <w:headerReference w:type="even" r:id="rId8"/>
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="even" r:id="rId10"/>
+          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:headerReference w:type="first" r:id="rId12"/>
+          <w:footerReference w:type="first" r:id="rId13"/>
+          <w:pgSz w:w="11909" w:h="16838"/>
+          <w:pgMar w:top="851" w:right="1177" w:bottom="851" w:left="1177" w:header="0" w:footer="100" w:gutter="0"/>
+          <w:pgNumType w:start="16"/>
+          <w:cols w:space="720"/>
+          <w:noEndnote/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35799A4D" w14:textId="44E957C9" w:rsidR="00BE0CE9" w:rsidRPr="008F7A19" w:rsidRDefault="00BE0CE9" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="102"/>
+        <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-        <w:spacing w:after="574" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="5060" w:right="20"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="101"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-        <w:jc w:val="right"/>
+      <w:r w:rsidRPr="008F7A19">
         <w:rPr>
           <w:rStyle w:val="101"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Приложение № </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="101"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:ind w:left="5060" w:right="20"/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15214674" w14:textId="1371933C" w:rsidR="00BE0CE9" w:rsidRPr="008F7A19" w:rsidRDefault="00BE0CE9" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="exact"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rStyle w:val="101"/>
-[...11 lines deleted...]
-        <w:ind w:left="5060" w:right="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к Положению о </w:t>
+      </w:r>
+      <w:r w:rsidR="00D510CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Профессиональном </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="389898BF" w14:textId="77777777" w:rsidR="00BE0CE9" w:rsidRPr="008F7A19" w:rsidRDefault="00BE0CE9" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="exact"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rStyle w:val="101"/>
-[...13 lines deleted...]
-        <w:ind w:left="5060" w:right="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Всероссийском конкурсе педагогического мастерства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5128B19A" w14:textId="77777777" w:rsidR="00BE0CE9" w:rsidRPr="008F7A19" w:rsidRDefault="00BE0CE9" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="exact"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rStyle w:val="101"/>
-[...119 lines deleted...]
-          <w:i/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>«Вселенский конкурс Святителя Василия Великого»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0026176F" w:rsidRDefault="0026176F" w:rsidP="00570CD4">
-      <w:pPr>
+    <w:p w14:paraId="7D94138F" w14:textId="77777777" w:rsidR="0026176F" w:rsidRDefault="0026176F" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="00570CD4">
-      <w:pPr>
+    <w:p w14:paraId="34BF5FF1" w14:textId="77777777" w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA5E02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>СОГЛАСИЕ НА ОБРАБОТКУ ПЕРСОНАЛЬНЫХ ДАННЫХ</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA5E02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="00570CD4">
-      <w:pPr>
+    <w:p w14:paraId="2CD0784B" w14:textId="77777777" w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Я,</w:t>
+      </w:r>
       <w:r w:rsidRPr="00BA5E02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="00570CD4">
-      <w:pPr>
+    <w:p w14:paraId="54A3A39F" w14:textId="77777777" w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA5E02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(Фамилия, имя, отчество полностью)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="00570CD4">
-      <w:pPr>
+    <w:p w14:paraId="24C8E474" w14:textId="1C5CE763" w:rsidR="00966373" w:rsidRPr="001D231F" w:rsidRDefault="005400FB" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA5E02">
+      <w:r w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="00966373" w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>роживающий</w:t>
+      </w:r>
+      <w:r w:rsidR="002A4A7D" w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002A4A7D" w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002A4A7D" w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00966373" w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF5BCD" w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>адресу: _</w:t>
+      </w:r>
+      <w:r w:rsidR="00966373" w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A4A7D" w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="002A4A7D" w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49F0F9E0" w14:textId="77777777" w:rsidR="00966373" w:rsidRPr="001D231F" w:rsidRDefault="00966373" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CAEE802" w14:textId="55202447" w:rsidR="00966373" w:rsidRPr="001D231F" w:rsidRDefault="005400FB" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="00966373" w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аспорт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>гражданина Российской Федерации с</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9129D" w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ерия</w:t>
+      </w:r>
+      <w:r w:rsidR="003D3F14" w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________ </w:t>
+      </w:r>
+      <w:r w:rsidR="00966373" w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="003D3F14" w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______</w:t>
+      </w:r>
+      <w:r w:rsidR="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="003D3F14" w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidR="00966373" w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, выданный (кем и когда)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______</w:t>
+      </w:r>
+      <w:r w:rsidR="00966373" w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A4A7D" w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidR="00966373" w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9129D" w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D076234" w14:textId="072A15BB" w:rsidR="00D76DB8" w:rsidRDefault="00966373" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9129D" w:rsidRPr="001D231F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidR="002C4309" w:rsidRPr="00BA5E02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00986842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00986842" w:rsidRPr="00986842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ыражаю свободно, своей волей и в своем интересе в соответствии с Федеральным законом от 27.07.2006 № 152-ФЗ</w:t>
+      </w:r>
+      <w:r w:rsidR="006D4293">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «О персональных данных»</w:t>
+      </w:r>
+      <w:r w:rsidR="00986842" w:rsidRPr="00986842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, согласие на обр</w:t>
+      </w:r>
+      <w:r w:rsidR="00986842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аботку моих персональных данных, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E23FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>хранение, распространение, публикацию, передачу третьим лицам</w:t>
+      </w:r>
+      <w:r w:rsidR="002C4309" w:rsidRPr="00BA5E02">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00986842" w:rsidRPr="00986842">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>Проживающий</w:t>
+        <w:t>Автономной некоммерческой о</w:t>
+      </w:r>
+      <w:r w:rsidR="000004E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бщеобразовательной организация «</w:t>
+      </w:r>
+      <w:r w:rsidR="00986842" w:rsidRPr="00986842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Гимн</w:t>
+      </w:r>
+      <w:r w:rsidR="000004E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>азия Святителя Василия Великого»</w:t>
+      </w:r>
+      <w:r w:rsidR="00986842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E23FFB" w:rsidRPr="00BD3FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>АНОО «Гимназия Святителя Василия Великого»</w:t>
+      </w:r>
+      <w:r w:rsidR="00986842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00172E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E23FFB" w:rsidRPr="00BD3FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ИНН 5024082675, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E23FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>НАО «</w:t>
+      </w:r>
+      <w:r w:rsidR="00172E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Царьград медиа» </w:t>
+      </w:r>
+      <w:r w:rsidR="00E23FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ИНН</w:t>
+      </w:r>
+      <w:r w:rsidR="00172E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7714874913, Благотворительный Фонд Святителя Василия Великого </w:t>
+      </w:r>
+      <w:r w:rsidR="00E23FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ИНН 5077021210</w:t>
+      </w:r>
+      <w:r w:rsidR="00986842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00986842" w:rsidRPr="00986842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">далее </w:t>
+      </w:r>
+      <w:r w:rsidR="00172E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00986842" w:rsidRPr="00986842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Организаторам и</w:t>
+      </w:r>
+      <w:r w:rsidR="00986842" w:rsidRPr="00986842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00986842" w:rsidRPr="00D43D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Учредителям</w:t>
+      </w:r>
+      <w:r w:rsidR="002A4A7D" w:rsidRPr="00D43D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или Операторам</w:t>
+      </w:r>
+      <w:r w:rsidR="00986842" w:rsidRPr="00D43D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E23FFB" w:rsidRPr="00D43D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00986842" w:rsidRPr="00D43D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> даю согласи</w:t>
+      </w:r>
+      <w:r w:rsidR="009C3125" w:rsidRPr="00D43D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00986842" w:rsidRPr="00D43D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на обработку персональных данных с целью регистрации и участия в</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D510CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4292" w:rsidRPr="00D43D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="00986842" w:rsidRPr="00D43D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Профессиональном Всероссийском </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF69F3" w:rsidRPr="00D43D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="00986842" w:rsidRPr="00D43D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">онкурсе педагогического мастерства «Вселенский конкурс Святителя Василия Великого» </w:t>
+      </w:r>
+      <w:r w:rsidR="001256A7" w:rsidRPr="00D43D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(далее –</w:t>
+      </w:r>
+      <w:r w:rsidR="006C0BD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001256A7" w:rsidRPr="00D43D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс) </w:t>
+      </w:r>
+      <w:r w:rsidR="00986842" w:rsidRPr="00D43D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>и иных просветительских и (или) партнерских мероприятиях и иных активностях, проводимых Организа</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76DB8" w:rsidRPr="00D43D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>торами и Учредителями</w:t>
+      </w:r>
+      <w:r w:rsidR="00986842" w:rsidRPr="00D43D56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, включая обеспечение доступа на площадку мероприятий и их посещение, организацию коммуникации в рамках мероприятия, участие в опросах (обратная связь), уведомления о новостях</w:t>
+      </w:r>
+      <w:r w:rsidR="00986842" w:rsidRPr="00986842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, изменениях условий </w:t>
+      </w:r>
+      <w:r w:rsidR="00D76DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="00986842" w:rsidRPr="00986842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, результатах мероприятия и формирование </w:t>
+      </w:r>
+      <w:r w:rsidR="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Операторами</w:t>
+      </w:r>
+      <w:r w:rsidR="00986842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00986842" w:rsidRPr="00986842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>материалов и отче</w:t>
+      </w:r>
+      <w:r w:rsidR="00986842">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тности о проведении мероприятий </w:t>
+      </w:r>
+      <w:r w:rsidR="00E23FFB" w:rsidRPr="00BD3FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>моих персональных данных</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76DB8" w:rsidRPr="00D76DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...92 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA5E02">
-[...105 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+      <w:r w:rsidR="00D76DB8" w:rsidRPr="00534A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>в соответствие с пунктом 3 статьи 3 Федерального закона от 27.07.2006 № 152-ФЗ «О персональных данных»</w:t>
       </w:r>
       <w:r w:rsidR="00E23FFB" w:rsidRPr="00BD3FB5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...238 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, к которым относятся:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986842" w:rsidRPr="00D76DB8" w:rsidRDefault="00986842" w:rsidP="002E212F">
+    <w:p w14:paraId="3F4F37B0" w14:textId="77777777" w:rsidR="00986842" w:rsidRPr="00D76DB8" w:rsidRDefault="00986842" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76DB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">фамилия, имя, отчество; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="002E212F">
+    <w:p w14:paraId="5D1829C3" w14:textId="77777777" w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1CB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">число, месяц, год рождения, место рождения; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="002E212F">
+    <w:p w14:paraId="0306FAFB" w14:textId="77777777" w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1CB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">возраст; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="002E212F">
+    <w:p w14:paraId="3DD71A31" w14:textId="77777777" w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1CB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">пол; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="002E212F">
+    <w:p w14:paraId="0014ADB0" w14:textId="77777777" w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1CB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">сведения о гражданстве (подданстве); </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E1CB7" w:rsidRDefault="00986842" w:rsidP="002E212F">
+    <w:p w14:paraId="3457E1ED" w14:textId="77777777" w:rsidR="005E1CB7" w:rsidRDefault="00986842" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1CB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">вид, серия, номер документа, удостоверяющего личность, дата выдачи, наименование органа, выдавшего его; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="002E212F">
+    <w:p w14:paraId="2A83024A" w14:textId="77777777" w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1CB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">скан-копия паспорта (при необходимости); </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="002E212F">
+    <w:p w14:paraId="7EFB930A" w14:textId="77777777" w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1CB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">адрес регистрации по месту жительства (месту пребывания); </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="002E212F">
+    <w:p w14:paraId="1444F5C0" w14:textId="09585712" w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1CB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">сведения о деятельности, информация об опыте, регалии, степень навыков в профессиональной сфере; </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="002E212F">
+        <w:t>сведения о деятельности, информация об опыте, регали</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4292">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4292">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>достижениях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в профессиональной сфере; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="349477D4" w14:textId="77777777" w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1CB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">сведения об образовании, профессии и квалификации; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="002E212F">
+    <w:p w14:paraId="3EC5D8E2" w14:textId="77777777" w:rsidR="00986842" w:rsidRPr="00534A6C" w:rsidRDefault="00986842" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E1CB7">
+      <w:r w:rsidRPr="00534A6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">место получения образования; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="002E212F">
+    <w:p w14:paraId="471E19E9" w14:textId="77777777" w:rsidR="00986842" w:rsidRPr="00534A6C" w:rsidRDefault="00986842" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E1CB7">
+      <w:r w:rsidRPr="00534A6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">должность, место работы; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="002E212F">
+    <w:p w14:paraId="68D4E83E" w14:textId="77777777" w:rsidR="00986842" w:rsidRPr="00534A6C" w:rsidRDefault="00986842" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E1CB7">
+      <w:r w:rsidRPr="00534A6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">сведения, указанные в анкете, номер контактного телефона, электронной почты, аккаунты в социальных сетях или сведения о других способах связи; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="002E212F">
+    <w:p w14:paraId="4ADE823E" w14:textId="1914418A" w:rsidR="00986842" w:rsidRPr="00534A6C" w:rsidRDefault="00986842" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E1CB7">
-[...7 lines deleted...]
-    <w:p w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="002E212F">
+      <w:r w:rsidRPr="00534A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">сведения о регистрации на </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3745D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Интернет-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">сайте, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="553757B1" w14:textId="467F0DF1" w:rsidR="00986842" w:rsidRPr="00534A6C" w:rsidRDefault="00986842" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E1CB7">
-[...7 lines deleted...]
-    <w:p w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="002E212F">
+      <w:r w:rsidRPr="00534A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">информация о действиях, совершаемых на </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3745D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Интернет-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">сайте; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="472C12F8" w14:textId="77777777" w:rsidR="00986842" w:rsidRPr="00534A6C" w:rsidRDefault="00986842" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E1CB7">
+      <w:r w:rsidRPr="00534A6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">сведения об используемых устройствах; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="002E212F">
+    <w:p w14:paraId="00E07CA1" w14:textId="77777777" w:rsidR="00986842" w:rsidRPr="00534A6C" w:rsidRDefault="00986842" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E1CB7">
-[...15 lines deleted...]
-    <w:p w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="002E212F">
+      <w:r w:rsidRPr="00534A6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">сведения об отписке от рассылки, информация и тексты сообщений в рамках вебинаров, сведения об обратной связи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F19D95F" w14:textId="77777777" w:rsidR="00986842" w:rsidRPr="00534A6C" w:rsidRDefault="00986842" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E1CB7">
+      <w:r w:rsidRPr="00534A6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E1CB7">
+      <w:r w:rsidRPr="00534A6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Р-адрес пользователя; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="002E212F">
+    <w:p w14:paraId="5DB4E3C8" w14:textId="2FB848B7" w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00534A6C" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E1CB7">
-[...7 lines deleted...]
-    <w:p w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="002E212F">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">файлы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00986842" w:rsidRPr="005E1CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ookies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00986842" w:rsidRPr="005E1CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F9365E4" w14:textId="77777777" w:rsidR="00986842" w:rsidRPr="005E1CB7" w:rsidRDefault="00986842" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1CB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">фотоизображение; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E1CB7" w:rsidRDefault="00986842" w:rsidP="002E212F">
+    <w:p w14:paraId="54B8CDCB" w14:textId="1FBEC958" w:rsidR="005E1CB7" w:rsidRDefault="00986842" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1CB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">аудиозапись, видеоизображение (в том числе личный фото- и видеоархив, предоставленный мною самостоятельно) и исполнения в составе </w:t>
       </w:r>
       <w:r w:rsidR="005E1CB7" w:rsidRPr="005E1CB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>аудиовизуальных произведениях (далее — АВП)</w:t>
+        <w:t>аудиови</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7F0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">зуальных произведениях (далее - </w:t>
+      </w:r>
+      <w:r w:rsidR="005E1CB7" w:rsidRPr="005E1CB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>АВП)</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1CB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>, иная информация, сообщаемая мной в процессе выступления на мероприятии и в созданном исполнении в составе АВП.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00125BB9" w:rsidRPr="00125BB9" w:rsidRDefault="00125BB9" w:rsidP="00125BB9">
-      <w:pPr>
+    <w:p w14:paraId="50BBC939" w14:textId="77777777" w:rsidR="00125BB9" w:rsidRPr="00125BB9" w:rsidRDefault="00125BB9" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00125BB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Перечень действий с персональными данными, на совершение которых дается согласие: обработка вышеуказанных персональных данных будет осуществляться путем смешанной (автоматизированной, неавтоматизированной) обработки персональных данных, в том числе с передачей по каналам связи, любым действием (операцией) или совокупностью действий (операций), совершаемых с использованием средств автоматизации или без использования таких средств, включая сбор, а также получение от третьих лиц, запись, систематизацию, накопление, хранение, уточнение (обновление, изменение), извлечение, использование, передачу (предоставление, доступ), обезличивание, блокирование, удаление, уничтожение.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00125BB9" w:rsidRDefault="00125BB9" w:rsidP="00125BB9">
-      <w:pPr>
+    <w:p w14:paraId="4F237FCD" w14:textId="77777777" w:rsidR="00125BB9" w:rsidRDefault="00125BB9" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Организаторы и Учредители</w:t>
       </w:r>
       <w:r w:rsidRPr="00125BB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> вправе обрабатывать мои персональные данные посредством внесения их в электронную базу данных, включения в списки (реестры) и отчетные формы, предусмотренные законодательством и (или) документами, регламентирующими порядок ведения и состав данных в учетно-отчетной документации, в том числе договорами, заключенными с третьими лицами</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E23FFB" w:rsidRPr="002515B8" w:rsidRDefault="00E23FFB" w:rsidP="00E23FFB">
-      <w:pPr>
+    <w:p w14:paraId="1FEAAB20" w14:textId="27DC8635" w:rsidR="00E23FFB" w:rsidRPr="002515B8" w:rsidRDefault="00E23FFB" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Размещение в общедоступных источниках, в том числе в информационно-телекоммуникационной сети «Интернет», в т.ч. в СМИ, следующих персональных данных:</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>Размещение в общедоступных источниках, в том числе в информационно-телекоммуни</w:t>
+      </w:r>
+      <w:r w:rsidR="0079666C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>кационной сети «Интернет», в том числе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002515B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в СМИ, следующих персональных данных:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08B3A154" w14:textId="77777777" w:rsidR="00E23FFB" w:rsidRPr="002515B8" w:rsidRDefault="00E23FFB" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>- фамилия, имя, отчество;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E23FFB" w:rsidRPr="002515B8" w:rsidRDefault="00E23FFB" w:rsidP="00E23FFB">
-      <w:pPr>
+    <w:p w14:paraId="6E40B78E" w14:textId="77777777" w:rsidR="00E23FFB" w:rsidRPr="002515B8" w:rsidRDefault="00E23FFB" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>- пол, возраст;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E23FFB" w:rsidRPr="002515B8" w:rsidRDefault="00E23FFB" w:rsidP="00E23FFB">
-      <w:pPr>
+    <w:p w14:paraId="43CEAA96" w14:textId="77777777" w:rsidR="00E23FFB" w:rsidRPr="002515B8" w:rsidRDefault="00E23FFB" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>- дата и место рождения;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E23FFB" w:rsidRPr="002515B8" w:rsidRDefault="00E23FFB" w:rsidP="00E23FFB">
-      <w:pPr>
+    <w:p w14:paraId="6A731AD3" w14:textId="77777777" w:rsidR="00E23FFB" w:rsidRPr="002515B8" w:rsidRDefault="00E23FFB" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>- семейное положение;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E23FFB" w:rsidRPr="002515B8" w:rsidRDefault="00E23FFB" w:rsidP="00E23FFB">
-      <w:pPr>
+    <w:p w14:paraId="5CD904CA" w14:textId="77777777" w:rsidR="00E23FFB" w:rsidRPr="002515B8" w:rsidRDefault="00E23FFB" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>- данные документов об образовании, квалификации, профессиональной подготовке, сведения о повышении квалификации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E23FFB" w:rsidRPr="002515B8" w:rsidRDefault="00E23FFB" w:rsidP="00E23FFB">
-      <w:pPr>
+    <w:p w14:paraId="0C99A80E" w14:textId="77777777" w:rsidR="00E23FFB" w:rsidRPr="002515B8" w:rsidRDefault="00E23FFB" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>- профессия и любая иная информация, относящаяся к моей профессиональной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E23FFB" w:rsidRPr="00BD3FB5" w:rsidRDefault="00E23FFB" w:rsidP="00E23FFB">
-      <w:pPr>
+    <w:p w14:paraId="7DD0DF6C" w14:textId="77777777" w:rsidR="00E23FFB" w:rsidRPr="00BD3FB5" w:rsidRDefault="00E23FFB" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>- фото- и видеоизображение.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00125BB9" w:rsidRPr="00125BB9" w:rsidRDefault="00E23FFB" w:rsidP="00125BB9">
-      <w:pPr>
+    <w:p w14:paraId="5118373B" w14:textId="77777777" w:rsidR="00125BB9" w:rsidRPr="00125BB9" w:rsidRDefault="00E23FFB" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00125BB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Обработка и передача третьим лицам персональных данных</w:t>
       </w:r>
       <w:r w:rsidR="00125BB9" w:rsidRPr="00125BB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00125BB9" w:rsidRPr="00125BB9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00125BB9" w:rsidRPr="00125BB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Настоящим выражаю согласие </w:t>
       </w:r>
       <w:r w:rsidR="00125BB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Организаторам и Учредителям</w:t>
       </w:r>
       <w:r w:rsidR="00125BB9" w:rsidRPr="00125BB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>, в установленном законодательстве порядке, передавать или поручать обработку моих персональных данных третьим лицам в соответствии с целью настоящего согласия, при условии соблюдения ими принципов и правил обработки персональных данных, предусмотренных действующим законодательством. Третьи лица обязуются обеспечивать безопасность персональных данных при их обработке и предотвращать разглашение персональных данных, а также могут осуществлять с персональными данными действия аналогичные действиям Оператора.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00125BB9" w:rsidRDefault="002A4A7D" w:rsidP="00125BB9">
-      <w:pPr>
+    <w:p w14:paraId="290BBC29" w14:textId="77777777" w:rsidR="00125BB9" w:rsidRDefault="002A4A7D" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Операторы </w:t>
       </w:r>
       <w:r w:rsidRPr="00125BB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>вправе</w:t>
       </w:r>
       <w:r w:rsidR="00125BB9" w:rsidRPr="00125BB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> осуществлять передачу (предоставление) указанным третьим лицам моих персональных данных в составе и сочетании, необходимом для исполнения заключенных между </w:t>
       </w:r>
       <w:r w:rsidR="001256A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>ними</w:t>
       </w:r>
       <w:r w:rsidR="00125BB9" w:rsidRPr="00125BB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> и третьими лицами соответствующих договоров (соглашений) и (или) для соблюдения Оператором требований применимого законодательства, при условии обеспечения третьими лицами конфиденциальности и безопасности персональных данных при их обработке.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00125BB9" w:rsidRDefault="001256A7" w:rsidP="00125BB9">
-      <w:pPr>
+    <w:p w14:paraId="423E2FAF" w14:textId="77777777" w:rsidR="00125BB9" w:rsidRDefault="001256A7" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001256A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Перечень лиц, которым могут быть переданы персональные данные или поручена их обработка:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001256A7" w:rsidRDefault="001256A7" w:rsidP="002E212F">
+    <w:p w14:paraId="66B82EA7" w14:textId="77777777" w:rsidR="001256A7" w:rsidRDefault="001256A7" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001256A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">С целью формирования отчетности о проведении </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Конкурса</w:t>
       </w:r>
       <w:r w:rsidRPr="001256A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> лицензирующим и (или) контролирующим органам государственной власти и местного самоуправления, муниципальным органам власти; органам государственного финансового контроля, включая аудиторов, и иными федеральными органами власти в соответствии с </w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="001256A7" w:rsidRPr="00D52F75" w:rsidRDefault="001256A7" w:rsidP="002E212F">
+        <w:t xml:space="preserve"> лицензирующим и (или) контролирующим органам государственной власти и местного самоуправления, муниципальным органам власти; органам государственного финансового контроля, включая аудиторов, и иными федеральными органами власти в соответствии с законодательством Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42E2B3F4" w14:textId="77777777" w:rsidR="001256A7" w:rsidRPr="00D52F75" w:rsidRDefault="001256A7" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D52F75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">С целью обеспечения участия в Конкурсе, в соответствии с условиями его проведения (в </w:t>
       </w:r>
       <w:r w:rsidR="00D52F75" w:rsidRPr="00D52F75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">помещениях и на территории Организаторов и Учредителей </w:t>
       </w:r>
       <w:r w:rsidRPr="00D52F75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">и на иных площадках, в том числе при оказании комплекса услуг по организационно-техническому сопровождению </w:t>
       </w:r>
       <w:r w:rsidR="00D52F75" w:rsidRPr="00D52F75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Конкурса)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D52F75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: Экспертной комиссии, Экспертному совету, Оргкомитету, Почетному жюри (если применимо); организациям, оказывающим услуги логистики и проживания (если применимо); физическим лицам по договорам гражданско-правового характера и организациям, оказывающим иные сопутствующие услуги в рамках проведения </w:t>
       </w:r>
       <w:r w:rsidR="00D52F75" w:rsidRPr="00D52F75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Конкурса</w:t>
       </w:r>
       <w:r w:rsidR="00D52F75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001256A7" w:rsidRPr="002515B8" w:rsidRDefault="001256A7" w:rsidP="002515B8">
-      <w:pPr>
+    <w:p w14:paraId="0E1E7814" w14:textId="77777777" w:rsidR="001256A7" w:rsidRPr="002515B8" w:rsidRDefault="001256A7" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="002515B8" w:rsidP="002515B8">
+    <w:p w14:paraId="41F141FA" w14:textId="77777777" w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="002515B8" w:rsidP="008B2653">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="15" w:line="294" w:lineRule="auto"/>
         <w:ind w:left="62" w:right="47" w:firstLine="715"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Мне известно, что полный или частичный отзыв настоящего Согласия мо</w:t>
       </w:r>
       <w:r w:rsidR="00287687">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>жет</w:t>
       </w:r>
       <w:r w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> привести к невозможности достижения предусмотренной настоящим Согласием цели обработки персональных данных.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="002515B8" w:rsidP="002515B8">
+    <w:p w14:paraId="5F7CDBD3" w14:textId="46BD3709" w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="002515B8" w:rsidP="008B2653">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="15" w:line="294" w:lineRule="auto"/>
         <w:ind w:left="62" w:right="47" w:firstLine="715"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае отзыва согласия на обработку персональных данных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Организаторы и Учредители</w:t>
       </w:r>
       <w:r w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> вправе продолжить обработку персональных данных при наличии оснований, указанных в пунктах 2—11 части 1 статьи 6, части 2 статьи 10 и части 2 статьи 11 Федерального закона от 27 июля 2006 г. № 152-ФЗ «О персональных данных».</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="002515B8" w:rsidP="002515B8">
+        <w:t xml:space="preserve"> вправе продолжить обработку персональных данных при наличии о</w:t>
+      </w:r>
+      <w:r w:rsidR="0079666C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>снований, указанных в пунктах 2-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002515B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>11 части 1 статьи 6, части 2 статьи 10 и части 2 стат</w:t>
+      </w:r>
+      <w:r w:rsidR="0079666C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ьи 11 Федерального закона от 27.07.2006 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002515B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>№ 152-ФЗ «О персональных данных».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="540A1CD8" w14:textId="1F3D9F24" w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="002515B8" w:rsidP="008B2653">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="15" w:line="294" w:lineRule="auto"/>
         <w:ind w:left="62" w:right="47" w:firstLine="715"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Обращение к Организатор</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ам и Учредителям</w:t>
       </w:r>
       <w:r w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> составляется в п</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>роизвольной форме, но должно сод</w:t>
       </w:r>
       <w:r w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>ержать следующую информацию, в соответствии с частью З статьи 14 Федерального закона от 27 июля 2006 г. № 152-ФЗ «О персональных Данных»:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="002515B8" w:rsidP="002E212F">
+        <w:t xml:space="preserve">ержать следующую информацию, в соответствии с частью </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4292">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002515B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 14 Федерального закона </w:t>
+      </w:r>
+      <w:r w:rsidR="0079666C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от 27.07.2006 </w:t>
+      </w:r>
+      <w:r w:rsidR="0079666C" w:rsidRPr="002515B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 152-ФЗ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002515B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>«О персональных Данных»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23017997" w14:textId="77777777" w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="002515B8" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="15" w:line="294" w:lineRule="auto"/>
-        <w:ind w:right="47"/>
+        <w:ind w:left="851" w:right="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>сведения об обратившемся лице (фамилия, имя, отчество (при его наличии), наименование и номер основного документа, удостоверяющего личность, сведения о дате выдачи указанного документа и выдавшем его органе);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="002515B8" w:rsidP="002E212F">
+    <w:p w14:paraId="0AA257A5" w14:textId="77777777" w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="002515B8" w:rsidP="008B2653">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="15" w:line="294" w:lineRule="auto"/>
-        <w:ind w:right="47"/>
+        <w:ind w:left="851" w:right="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">сведения, подтверждающие факт дачи Организации согласия на обработку персональных данных обратившемся лицом (наименование согласия, дата дачи Согласия, описание обстоятельств дачи Согласия и (или) иные сведения о Согласии); </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="002515B8" w:rsidP="002E212F">
+    <w:p w14:paraId="11091ADA" w14:textId="77777777" w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="002515B8" w:rsidP="008B2653">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="15" w:line="294" w:lineRule="auto"/>
-        <w:ind w:right="47"/>
+        <w:ind w:left="851" w:right="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>описание предмета обращения;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="002515B8" w:rsidP="002E212F">
+    <w:p w14:paraId="2557E2BB" w14:textId="77777777" w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="002515B8" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="15" w:line="294" w:lineRule="auto"/>
-        <w:ind w:right="47"/>
+        <w:ind w:left="851" w:right="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>дата составления обращения и подпись обратившегося лица.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="002515B8" w:rsidP="002515B8">
+    <w:p w14:paraId="37A1E8FD" w14:textId="01577D38" w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="002515B8" w:rsidP="008B2653">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="15" w:line="294" w:lineRule="auto"/>
         <w:ind w:left="62" w:right="47" w:firstLine="715"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Настоящее Согласие на обработку персональных данных действует со дня его подписания в течение 5 (пяти) лет</w:t>
       </w:r>
       <w:r w:rsidR="00287687">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> либо до достижения цели обработки персональных данных, либо до дня отзыва в письменной форме, направленного с электронного адреса, указанного при заполнении заявки, на официальный адрес электронной почты info@vasiliada.ru, если иное не установлено законодательством Российской Федерации.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002515B8" w:rsidRDefault="002515B8" w:rsidP="002515B8">
+        <w:t xml:space="preserve"> либо до достижения цели обработки персональных данных, либо до дня отзыва в письменной форме, направленного с электронного адреса, указанного при заполнении заявки, на официальный адрес электронной почты </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="001F14D3" w:rsidRPr="00A91527">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:rPr>
+          <w:t>info@vasiliada.ru</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002515B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, если иное не установлено законодательством Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59740F92" w14:textId="4D7750B3" w:rsidR="002515B8" w:rsidRDefault="002515B8" w:rsidP="008B2653">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="15" w:line="294" w:lineRule="auto"/>
         <w:ind w:left="62" w:right="47" w:firstLine="715"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Заполняя формы регистрации на сайте и отправляя свои данные, подтверждаю: </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="002515B8" w:rsidP="002515B8">
+        <w:t xml:space="preserve">Заполняя формы регистрации на </w:t>
+      </w:r>
+      <w:r w:rsidR="005304A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Интернет-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002515B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сайте и отправляя свои данные, подтверждаю: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54862FD3" w14:textId="47DDEDF4" w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="00FB2F4C" w:rsidP="008B2653">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="15" w:line="294" w:lineRule="auto"/>
         <w:ind w:left="62" w:right="47" w:firstLine="715"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002515B8">
-[...4 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="002515B8" w:rsidRPr="002515B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> что свободно, своей волей и в своем интересе принимаю решение о предоставлении персональных данных и даю </w:t>
+      </w:r>
+      <w:r w:rsidR="002515B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Организаторам и Учредителям</w:t>
       </w:r>
-      <w:r w:rsidRPr="002515B8">
+      <w:r w:rsidR="002515B8" w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> свое конкретное, информированное и сознательное Согласие</w:t>
       </w:r>
       <w:r w:rsidR="00287687">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="002515B8">
+      <w:r w:rsidR="002515B8" w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> как описано выше;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="002515B8" w:rsidP="002515B8">
+    <w:p w14:paraId="3AE59F0C" w14:textId="49AF2711" w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="00FB2F4C" w:rsidP="008B2653">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="15" w:line="294" w:lineRule="auto"/>
         <w:ind w:left="778" w:right="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002515B8">
-[...6 lines deleted...]
-    <w:p w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="002515B8" w:rsidP="002515B8">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="002515B8" w:rsidRPr="002515B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> что являюсь полностью дееспособным;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="161370B2" w14:textId="62D3FA1E" w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="00FB2F4C" w:rsidP="008B2653">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="15" w:line="294" w:lineRule="auto"/>
         <w:ind w:left="62" w:right="47" w:firstLine="715"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002515B8">
-[...6 lines deleted...]
-    <w:p w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="002515B8" w:rsidP="002515B8">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="002515B8" w:rsidRPr="002515B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> что предоставляемые мной Организаторам и Учредителям Персональные данные являются точными, полными, достоверными и актуальными на дату их предоставления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02D70E45" w14:textId="7A2C3FB0" w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="00FB2F4C" w:rsidP="008B2653">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="15" w:line="294" w:lineRule="auto"/>
         <w:ind w:left="62" w:right="47" w:firstLine="715"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002515B8">
-[...4 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="002515B8" w:rsidRPr="002515B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> что ознакомлен(а) с положениями Федерального закона от 27.07.2006 № 152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="002515B8" w:rsidRPr="002515B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ФЗ «О персональных данных», ознакомлен(а) и принима</w:t>
+      </w:r>
+      <w:r w:rsidR="002515B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>ю</w:t>
       </w:r>
-      <w:r w:rsidRPr="002515B8">
+      <w:r w:rsidR="002515B8" w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> условия Политики в отношении обработки персональных данных </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Организаторов</w:t>
       </w:r>
-      <w:r w:rsidRPr="002515B8">
+      <w:r w:rsidR="002515B8" w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> и Учредител</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ей</w:t>
       </w:r>
-      <w:r w:rsidRPr="002515B8">
+      <w:r w:rsidR="002515B8" w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, а также Положения об организации и проведении </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Конкурса</w:t>
       </w:r>
-      <w:r w:rsidRPr="002515B8">
+      <w:r w:rsidR="002515B8" w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="002515B8" w:rsidP="002515B8">
+    <w:p w14:paraId="0F4B29FD" w14:textId="6754FCA4" w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="00372895" w:rsidP="008B2653">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="15" w:line="294" w:lineRule="auto"/>
         <w:ind w:left="62" w:right="47" w:firstLine="715"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002515B8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002515B8">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="002515B8" w:rsidRPr="002515B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> что Согласие (его копии/текст) и (или) описание обстоятельств дачи мной Согласия могут храниться Оператором и (или) уполномоченными им лицами в любой форме </w:t>
+      </w:r>
+      <w:r w:rsidR="002515B8" w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>(например, на бумажном носителе, в электронном виде) и могут быть предоставлены имеющим обоснованную заинтересованность третьим лицам в качестве доказательства факта получения Организаторам</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
-      <w:r w:rsidRPr="002515B8">
+      <w:r w:rsidR="002515B8" w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> и Учредителям</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
-      <w:r w:rsidRPr="002515B8">
+      <w:r w:rsidR="002515B8" w:rsidRPr="002515B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> от меня Согласия;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="002515B8" w:rsidP="002515B8">
+    <w:p w14:paraId="519675E0" w14:textId="16623CE1" w:rsidR="002515B8" w:rsidRPr="002515B8" w:rsidRDefault="00372895" w:rsidP="008B2653">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="15" w:line="294" w:lineRule="auto"/>
         <w:ind w:left="62" w:right="47" w:firstLine="715"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002515B8">
-[...4 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="002515B8" w:rsidRPr="002515B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> что </w:t>
+      </w:r>
+      <w:r w:rsidR="002515B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Организаторы и Учредители</w:t>
       </w:r>
-      <w:r w:rsidRPr="002515B8">
-[...7 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="002515B8" w:rsidRPr="002515B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вправе обрабатывать мои персональные данные на основании одного </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>и (</w:t>
+      </w:r>
+      <w:r w:rsidR="002515B8" w:rsidRPr="002515B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="002515B8" w:rsidRPr="002515B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нескольких моих согласий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1434EE3D" w14:textId="77777777" w:rsidR="001256A7" w:rsidRPr="002515B8" w:rsidRDefault="001256A7" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00966373" w:rsidRPr="002A4A7D" w:rsidRDefault="00966373" w:rsidP="00570CD4">
-      <w:pPr>
+    <w:p w14:paraId="4DA46829" w14:textId="77777777" w:rsidR="00966373" w:rsidRPr="002A4A7D" w:rsidRDefault="00966373" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>________________</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002A4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">_________________                    </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>_________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00966373" w:rsidRPr="002A4A7D" w:rsidRDefault="00966373" w:rsidP="00570CD4">
-      <w:pPr>
+    <w:p w14:paraId="373CCA1B" w14:textId="77777777" w:rsidR="00966373" w:rsidRPr="002A4A7D" w:rsidRDefault="00966373" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">      (</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002A4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>дата</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">)       </w:t>
+        <w:t xml:space="preserve">)   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="002515B8" w:rsidRPr="002A4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidRPr="002A4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  (</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4A7D">
         <w:rPr>
@@ -3093,1776 +3587,1483 @@
       </w:r>
       <w:r w:rsidRPr="002A4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">         (</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>расшифровка подписи</w:t>
       </w:r>
       <w:r w:rsidRPr="002A4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="00570CD4">
-      <w:pPr>
+    <w:p w14:paraId="32224626" w14:textId="77777777" w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="00570CD4">
+    <w:p w14:paraId="28581BDB" w14:textId="77777777" w:rsidR="00EC4292" w:rsidRDefault="00EC4292" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="102"/>
+        <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="574" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5060" w:right="20"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="101"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="00570CD4">
+        <w:sectPr w:rsidR="00EC4292" w:rsidSect="009A62E9">
+          <w:pgSz w:w="11909" w:h="16838"/>
+          <w:pgMar w:top="851" w:right="1177" w:bottom="851" w:left="1177" w:header="0" w:footer="100" w:gutter="0"/>
+          <w:pgNumType w:start="16"/>
+          <w:cols w:space="720"/>
+          <w:noEndnote/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78228297" w14:textId="2B5D9316" w:rsidR="00922594" w:rsidRPr="008F7A19" w:rsidRDefault="00922594" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="102"/>
+        <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-        <w:spacing w:after="574" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="5060" w:right="20"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="101"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-        <w:jc w:val="right"/>
+      <w:r w:rsidRPr="008F7A19">
         <w:rPr>
           <w:rStyle w:val="101"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Приложение № </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="101"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00966373" w:rsidRPr="00BA5E02" w:rsidRDefault="00966373" w:rsidP="00570CD4">
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EF8C600" w14:textId="74904B7F" w:rsidR="00922594" w:rsidRPr="008F7A19" w:rsidRDefault="00922594" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="exact"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к Положению о </w:t>
+      </w:r>
+      <w:r w:rsidR="00D510CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Профессиональном </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08D0E49D" w14:textId="77777777" w:rsidR="00922594" w:rsidRPr="008F7A19" w:rsidRDefault="00922594" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="exact"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Всероссийском конкурсе педагогического мастерства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50DF231E" w14:textId="77777777" w:rsidR="00922594" w:rsidRPr="008F7A19" w:rsidRDefault="00922594" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="exact"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>«Вселенский конкурс Святителя Василия Великого»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15B2EB71" w14:textId="77777777" w:rsidR="0026176F" w:rsidRDefault="0026176F" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="102"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...257 lines deleted...]
-        <w:pStyle w:val="102"/>
+        <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="4253" w:right="20" w:hanging="4253"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="101"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001710DA" w:rsidRPr="0026176F" w:rsidRDefault="001710DA" w:rsidP="009A62E9">
+    <w:p w14:paraId="0BFF1084" w14:textId="77777777" w:rsidR="001710DA" w:rsidRPr="00C926D8" w:rsidRDefault="001710DA" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="102"/>
+        <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="4253" w:right="20" w:hanging="4253"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="101"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0026176F">
+      <w:r w:rsidRPr="00C926D8">
         <w:rPr>
           <w:rStyle w:val="101"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Анкета участника Конкурса</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A62E9" w:rsidRPr="00BA5E02" w:rsidRDefault="009A62E9" w:rsidP="009A62E9">
+    <w:p w14:paraId="53294FD9" w14:textId="77777777" w:rsidR="009A62E9" w:rsidRPr="00BA5E02" w:rsidRDefault="009A62E9" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="102"/>
+        <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="4253" w:right="20" w:hanging="4253"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="101"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9782" w:type="dxa"/>
         <w:tblInd w:w="-292" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:top w:w="105" w:type="dxa"/>
           <w:left w:w="105" w:type="dxa"/>
           <w:bottom w:w="105" w:type="dxa"/>
           <w:right w:w="105" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="494"/>
         <w:gridCol w:w="3042"/>
         <w:gridCol w:w="1813"/>
         <w:gridCol w:w="2376"/>
         <w:gridCol w:w="2057"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="753D63CA" w14:textId="77777777" w:rsidTr="003B7F62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9782" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="72E92500" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1.Общие сведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="1053DD32" w14:textId="77777777" w:rsidTr="003B7F62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="4F2A20B6" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Фамилия Имя Отчество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6246" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="1E35C85A" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="41EFD20C" w14:textId="77777777" w:rsidTr="003B7F62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="7C5978FD" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Дата рождения (день, месяц, год)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6246" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="0F837A19" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="78F12EE3" w14:textId="77777777" w:rsidTr="003B7F62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="2859DC58" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Место рождениям (город)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6246" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="1A66E879" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="08D665E3" w14:textId="77777777" w:rsidTr="003B7F62">
         <w:trPr>
           <w:trHeight w:val="75"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="57A0BEDD" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Место жительства (город)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6246" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="4CC6FCA0" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="4FBBCD75" w14:textId="77777777" w:rsidTr="003B7F62">
         <w:trPr>
           <w:trHeight w:val="75"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="240F6E30" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Фотография</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6246" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="2E77D372" w14:textId="0FA54CF3" w:rsidR="00074CF0" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="5385B3E8" w14:textId="4B53BCDF" w:rsidR="003B7F62" w:rsidRDefault="003B7F62" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="45F77E93" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="42BFB627" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="2F00482A" w14:textId="77777777" w:rsidTr="003B7F62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9782" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="72C5F2CB" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>2. Контакты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="4F0A85ED" w14:textId="77777777" w:rsidTr="003B7F62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="38DD34D2" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Контактный телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6246" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="194033A8" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="256C0377" w14:textId="77777777" w:rsidTr="003B7F62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="61C0C364" w14:textId="4FE3C51A" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00C659E9" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5E02">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>Электронный адрес</w:t>
+              <w:t>А</w:t>
+            </w:r>
+            <w:r w:rsidR="00074CF0" w:rsidRPr="00BA5E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>дрес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6246" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="3B14BB8E" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="5C8B5C5F" w14:textId="77777777" w:rsidTr="003B7F62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9782" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="3BCDADA5" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3. Работа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="4871FF1A" w14:textId="77777777" w:rsidTr="003B7F62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="696382A6" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Должность (по штатному расписанию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6246" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="299807DA" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="16FAC5F4" w14:textId="77777777" w:rsidTr="003B7F62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="5854582B" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Место работы (название учебного заведения по уставу)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6246" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="36C74DA7" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="44594638" w14:textId="77777777" w:rsidTr="003B7F62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="2D88E3A7" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Год приема на работу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6246" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="7792587A" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="45B46785" w14:textId="77777777" w:rsidTr="003B7F62">
         <w:trPr>
           <w:trHeight w:val="75"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="2FE79C99" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Педагогический стаж (полных лет на момент заполнения анкеты)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6246" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="636F73A5" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="7D2483F9" w14:textId="77777777" w:rsidTr="003B7F62">
         <w:trPr>
           <w:trHeight w:val="75"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="34F42658" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Квалификационная категория (год присвоения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6246" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="156FCD52" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="67D74E54" w14:textId="77777777" w:rsidTr="003B7F62">
         <w:trPr>
           <w:trHeight w:val="75"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9782" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="7CE7E8B4" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4. Образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="57DBEFEE" w14:textId="77777777" w:rsidTr="00C659E9">
         <w:trPr>
-          <w:trHeight w:val="75"/>
+          <w:trHeight w:val="960"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="49E4DFFB" w14:textId="4E04D6DF" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>Образование (укажите название и год окончания учебного заведения, факультет)</w:t>
+              <w:t>Образование (название и год окончания учебного заведения, факультет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6246" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="6C717680" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="5B903725" w14:textId="77777777" w:rsidTr="003B7F62">
         <w:trPr>
           <w:trHeight w:val="75"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="2B9058CD" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Дополнительная специальность (если имеется)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6246" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="5BAB740E" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="3D6C8D6B" w14:textId="77777777" w:rsidTr="003B7F62">
         <w:trPr>
           <w:trHeight w:val="75"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3536" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="46A05C29" w14:textId="7D72B152" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>Награды, звания (укажите название и в скобках год получения награды)</w:t>
+              <w:t xml:space="preserve">Награды, звания (в скобках </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC4292" w:rsidRPr="00EC4292">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">‒ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">год получения </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC4292">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">каждой </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>награды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6246" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="10FC62F2" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="50719C2F" w14:textId="77777777" w:rsidTr="003B7F62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9782" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="087A21DC" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:strike/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>5. О себе (</w:t>
             </w:r>
             <w:r w:rsidR="00287687">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>аше кредо, миссия, увлечения, семейное положение, дети</w:t>
             </w:r>
             <w:r w:rsidR="00287687">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
@@ -4878,2272 +5079,2157 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">что важного </w:t>
             </w:r>
             <w:r w:rsidR="00287687">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>ы хотите рассказать о себе)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="53A9A6C8" w14:textId="77777777" w:rsidTr="003B7F62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9782" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="318197CF" w14:textId="646AB9F2" w:rsidR="003B7F62" w:rsidRPr="00BA5E02" w:rsidRDefault="003B7F62" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:strike/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="1F36B2D4" w14:textId="77777777" w:rsidTr="003B7F62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9782" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="2E70248B" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>6. Достижения:</w:t>
             </w:r>
             <w:r w:rsidR="003F080F" w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> победы в конкурсах Ваши и В</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>аших учеников, участие в жюри (конкурсах, ЕГЭ), грамоты, благодарности.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="2EF882AC" w14:textId="77777777" w:rsidTr="003B7F62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="494" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="107729B0" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4855" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="46870108" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Название</w:t>
             </w:r>
             <w:r w:rsidR="005264D1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> конкурса (мероприятия)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2376" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="443F5D4F" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Наименование достижения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2057" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005264D1" w:rsidRDefault="00074CF0" w:rsidP="005264D1">
+          <w:p w14:paraId="4DEB6B87" w14:textId="77777777" w:rsidR="005264D1" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Уровень</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="005264D1" w:rsidP="005264D1">
+          <w:p w14:paraId="5B88ECFD" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="005264D1" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">(муниципальный, региональный. </w:t>
             </w:r>
             <w:r w:rsidR="00287687">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>сероссийский, международный)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="734F6B1A" w14:textId="77777777" w:rsidTr="003B7F62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="494" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="0EB9D562" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4855" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="0A3BBC5D" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2376" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="30B5F242" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2057" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="4F1BA9D7" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="-292" w:tblpY="3"/>
         <w:tblW w:w="9773" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:top w:w="105" w:type="dxa"/>
           <w:left w:w="105" w:type="dxa"/>
           <w:bottom w:w="105" w:type="dxa"/>
           <w:right w:w="105" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="559"/>
         <w:gridCol w:w="4684"/>
         <w:gridCol w:w="15"/>
         <w:gridCol w:w="2464"/>
         <w:gridCol w:w="2051"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="73224027" w14:textId="77777777" w:rsidTr="00BB371B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9773" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="48CCC805" w14:textId="3A2D260F" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>7.  Выступление на конференциях, наличие публикаций, в том числе на интернет-ресурсах (страница в социальных сетях</w:t>
             </w:r>
             <w:r w:rsidR="003F080F" w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>, сайт, блог и т.д.), на которых</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BA5E02">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00677007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> можно познакомиться с участником конкурса и публикуемыми им</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00287687">
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidR="005304A3" w:rsidRPr="00677007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>и</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BA5E02">
+              <w:t>нтернет-</w:t>
+            </w:r>
+            <w:r w:rsidR="003F080F" w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> материалами</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00287687">
+              <w:t xml:space="preserve">сайт, блог и т.д.), на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003F080F" w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="005264D1">
+              <w:t>которы</w:t>
+            </w:r>
+            <w:r w:rsidR="00677007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00677007">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidR="003F080F" w:rsidRPr="00BA5E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>х</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BA5E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> можно познакомиться с участником конкурса и публикуемыми им</w:t>
+            </w:r>
+            <w:r w:rsidR="00287687">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> материалами</w:t>
+            </w:r>
+            <w:r w:rsidR="00287687">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005264D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>(если имеется)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="2B6E9D4D" w14:textId="77777777" w:rsidTr="00BB371B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="559" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="04041E4B" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4684" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="2D0ADC1E" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Название</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2479" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="14AB3F92" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="252525"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="252525"/>
               </w:rPr>
               <w:t>Название ресурса, адрес (ссылка).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2051" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="08B28142" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Уровень</w:t>
             </w:r>
             <w:r w:rsidR="005264D1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005264D1" w:rsidRPr="00BA5E02" w:rsidRDefault="005264D1" w:rsidP="005264D1">
+          <w:p w14:paraId="431583D0" w14:textId="77777777" w:rsidR="005264D1" w:rsidRPr="00BA5E02" w:rsidRDefault="005264D1" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">(муниципальный, региональный. </w:t>
             </w:r>
             <w:r w:rsidR="00287687">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>сероссийский, международный)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="6332E007" w14:textId="77777777" w:rsidTr="00BB371B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="559" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="4D956B8A" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA5E02">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4699" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="784B5B6E" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="7DFF840B" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2051" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="4E798837" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="276B8750" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidTr="00074CF0">
+      <w:tr w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w14:paraId="31623333" w14:textId="77777777" w:rsidTr="00BB371B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="559" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="31C94FD3" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4699" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="13081EFB" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2464" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="3999480B" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2051" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+          <w:p w14:paraId="486DA510" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
             <w:pPr>
+              <w:widowControl/>
               <w:spacing w:after="150" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001710DA" w:rsidRDefault="001710DA" w:rsidP="00570CD4">
+    <w:p w14:paraId="1F5303F2" w14:textId="77777777" w:rsidR="001710DA" w:rsidRDefault="001710DA" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="102"/>
+        <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="574" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5060" w:right="20"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="101"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0026176F" w:rsidRPr="00BA5E02" w:rsidRDefault="0026176F" w:rsidP="00570CD4">
+    <w:p w14:paraId="4ECB1B47" w14:textId="77777777" w:rsidR="0026176F" w:rsidRPr="00BA5E02" w:rsidRDefault="0026176F" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="102"/>
+        <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="574" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5060" w:right="20"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="101"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001710DA" w:rsidRPr="00BA5E02" w:rsidRDefault="001710DA" w:rsidP="00570CD4">
+    <w:p w14:paraId="60E24DC1" w14:textId="77777777" w:rsidR="001710DA" w:rsidRPr="00BA5E02" w:rsidRDefault="001710DA" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="102"/>
+        <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="574" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5060" w:right="20"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="101"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+    <w:p w14:paraId="64CDD295" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="102"/>
+        <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="574" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5060" w:right="20"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="101"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+    <w:p w14:paraId="4714866E" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="102"/>
+        <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="574" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5060" w:right="20"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="101"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+    <w:p w14:paraId="7975FDCD" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRPr="00BA5E02" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="102"/>
+        <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="574" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5060" w:right="20"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="101"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00074CF0" w:rsidRDefault="00074CF0" w:rsidP="00570CD4">
+    <w:p w14:paraId="3E96AB7E" w14:textId="77777777" w:rsidR="00074CF0" w:rsidRDefault="00074CF0" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="102"/>
+        <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="574" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5060" w:right="20"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="101"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00ED6BB0" w:rsidRDefault="00ED6BB0" w:rsidP="00570CD4">
+    <w:p w14:paraId="353DCABB" w14:textId="77777777" w:rsidR="00ED6BB0" w:rsidRDefault="00ED6BB0" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="102"/>
+        <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="574" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5060" w:right="20"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="101"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00ED6BB0" w:rsidRPr="00BA5E02" w:rsidRDefault="00ED6BB0" w:rsidP="00570CD4">
+    <w:p w14:paraId="1E972620" w14:textId="77777777" w:rsidR="00ED6BB0" w:rsidRPr="00BA5E02" w:rsidRDefault="00ED6BB0" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="102"/>
+        <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="574" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5060" w:right="20"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="101"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00287687" w:rsidRDefault="00287687" w:rsidP="00E25272">
+    <w:p w14:paraId="269E68AF" w14:textId="77777777" w:rsidR="00694AA2" w:rsidRDefault="00694AA2" w:rsidP="008B2653">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="101"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="101"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58D42DDC" w14:textId="77777777" w:rsidR="00EC4292" w:rsidRDefault="00EC4292" w:rsidP="008B2653">
       <w:pPr>
         <w:pStyle w:val="102"/>
+        <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="574" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="5060" w:right="20"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="101"/>
-          <w:i/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00287687" w:rsidRDefault="00287687" w:rsidP="00E25272">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00EC4292" w:rsidSect="00EC4292">
+          <w:pgSz w:w="11909" w:h="16838"/>
+          <w:pgMar w:top="851" w:right="1177" w:bottom="851" w:left="1177" w:header="0" w:footer="100" w:gutter="0"/>
+          <w:pgNumType w:start="16"/>
+          <w:cols w:space="720"/>
+          <w:noEndnote/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="783D5D41" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="008F7A19" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:pStyle w:val="102"/>
+        <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="5060" w:right="20"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="101"/>
-          <w:i/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:ind w:left="5060" w:right="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rStyle w:val="101"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Приложение № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="101"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="652F7D26" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="008F7A19" w:rsidRDefault="00112E48" w:rsidP="00112E48">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="240" w:lineRule="exact"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rStyle w:val="101"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00F9129D" w:rsidRPr="00F9129D" w:rsidRDefault="0000663E" w:rsidP="00F9129D">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к Положению о </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Профессиональном </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69E1026E" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="008F7A19" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
-        <w:spacing w:line="260" w:lineRule="auto"/>
-        <w:ind w:left="571" w:right="57" w:hanging="10"/>
+        <w:spacing w:line="240" w:lineRule="exact"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00F9129D" w:rsidRPr="00F9129D" w:rsidRDefault="00F9129D" w:rsidP="00F9129D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Всероссийском конкурсе педагогического мастерства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="782717D0" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="008F7A19" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
-        <w:spacing w:line="260" w:lineRule="auto"/>
-        <w:ind w:left="571" w:right="57" w:hanging="10"/>
+        <w:spacing w:line="240" w:lineRule="exact"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...38 lines deleted...]
-          <w:i/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F7A19">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>«Вселенский конкурс Святителя Василия Великого»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F9129D" w:rsidRDefault="00F9129D" w:rsidP="00F9129D">
+    <w:p w14:paraId="0EC98F4F" w14:textId="77777777" w:rsidR="00112E48" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="260" w:lineRule="auto"/>
         <w:ind w:left="571" w:right="494" w:hanging="10"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F9129D" w:rsidRDefault="00F9129D" w:rsidP="00F9129D">
+    <w:p w14:paraId="658B9034" w14:textId="77777777" w:rsidR="00112E48" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
-        <w:spacing w:line="260" w:lineRule="auto"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00F9129D" w:rsidRDefault="00F9129D" w:rsidP="00F9129D">
+        <w:ind w:right="494" w:hanging="10"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B5D0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Соглас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ие субъекта персональных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3628182C" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="007B5D0E" w:rsidRDefault="00112E48" w:rsidP="00112E48">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:right="494" w:hanging="10"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B5D0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на обработку персональных данных, разрешенных для распространения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B341E6F" w14:textId="77777777" w:rsidR="00112E48" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1728"/>
         </w:tabs>
         <w:spacing w:line="260" w:lineRule="auto"/>
         <w:ind w:left="571" w:right="494" w:hanging="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F9129D" w:rsidRPr="00BA5E02" w:rsidRDefault="00F9129D" w:rsidP="00F9129D">
-      <w:pPr>
+    <w:p w14:paraId="598068FB" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00130FFE" w:rsidRDefault="00112E48" w:rsidP="00112E48">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA5E02">
-[...14 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00130FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Я, ____________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E484B2A" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00130FFE" w:rsidRDefault="00112E48" w:rsidP="00112E48">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA5E02">
+      <w:r w:rsidRPr="00130FFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(Фамилия, имя, отчество полностью)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F9129D" w:rsidRPr="00BA5E02" w:rsidRDefault="00F9129D" w:rsidP="00F9129D">
-      <w:pPr>
+    <w:p w14:paraId="267845E7" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00130FFE" w:rsidRDefault="00112E48" w:rsidP="00112E48">
+      <w:pPr>
+        <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA5E02">
-[...4 lines deleted...]
-        <w:t>Проживающий</w:t>
+      <w:r w:rsidRPr="00130FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Проживающий(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00130FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00130FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>) по адресу: ________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...27 lines deleted...]
-        <w:t>______________________</w:t>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00130FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F1E78DF" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00130FFE" w:rsidRDefault="00112E48" w:rsidP="00112E48">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00130FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F0FE790" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00130FFE" w:rsidRDefault="00112E48" w:rsidP="00112E48">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00130FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>паспорт серия</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>_____________________________</w:t>
-[...22 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00130FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>________________№</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...46 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F9129D" w:rsidRPr="00BA5E02">
-[...38 lines deleted...]
-    <w:p w:rsidR="00F9129D" w:rsidRDefault="00F9129D" w:rsidP="00F9129D">
+      <w:r w:rsidRPr="00130FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>________________, выданный (кем и когда) _______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20337687" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00130FFE" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="260" w:lineRule="auto"/>
         <w:ind w:right="57" w:hanging="10"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA5E02">
-[...30 lines deleted...]
-    <w:p w:rsidR="00F9129D" w:rsidRDefault="00F9129D" w:rsidP="00F9129D">
+      <w:r w:rsidRPr="00130FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7156CC37" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00130FFE" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="260" w:lineRule="auto"/>
         <w:ind w:right="57" w:hanging="10"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F9129D" w:rsidRDefault="00F9129D" w:rsidP="00F9129D">
+    <w:p w14:paraId="29E55C82" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00130FFE" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="260" w:lineRule="auto"/>
         <w:ind w:right="57" w:hanging="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F9129D">
-[...13 lines deleted...]
-    <w:p w:rsidR="00F9129D" w:rsidRDefault="00F9129D" w:rsidP="00F9129D">
+      <w:r w:rsidRPr="00130FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контактный телефон___________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F1AAAE3" w14:textId="77777777" w:rsidR="00112E48" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="260" w:lineRule="auto"/>
         <w:ind w:right="57" w:hanging="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F9129D">
-[...13 lines deleted...]
-    <w:p w:rsidR="00F9129D" w:rsidRPr="00F34C24" w:rsidRDefault="00287687" w:rsidP="002E212F">
+      <w:r w:rsidRPr="00130FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Адрес электронной почты__________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D1AA121" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00130FFE" w:rsidRDefault="00112E48" w:rsidP="00112E48">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="260" w:lineRule="auto"/>
+        <w:ind w:right="57" w:hanging="10"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21A44096" w14:textId="77777777" w:rsidR="00112E48" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:line="260" w:lineRule="auto"/>
         <w:ind w:right="57"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
-      <w:r w:rsidR="00F9129D" w:rsidRPr="00F34C24">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">ыражаю свободно, своей волей и в своем интересе в соответствии со статьями 9, 10.1 Федерального закона от 27 июля 2006 года № 152-ФЗ «О персональных данных» </w:t>
+      <w:r w:rsidRPr="00F34C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ыражаю свободно, своей волей и в своем интересе в соответствии со статьями 9,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:t xml:space="preserve"> 10.1 Федерального закона от 27.07.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2006 № 152-ФЗ «О персональных данных» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">и </w:t>
       </w:r>
-      <w:r w:rsidR="00F9129D" w:rsidRPr="00F34C24">
-[...9 lines deleted...]
-        <w:t>Автономной некоммерческой общеобразовательной организаци</w:t>
+      <w:r w:rsidRPr="00F34C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>настоящим подтверждаю, что даю свое конкретное, информированное и сознательное согласие Автономной некоммерческой общеобразовательной организаци</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>и</w:t>
-[...134 lines deleted...]
-    <w:p w:rsidR="00A97995" w:rsidRPr="00F34C24" w:rsidRDefault="00CF081D" w:rsidP="002E212F">
+        <w:t>и «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Гимн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>азия Святителя Василия Великого»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (АНОО «Гимнази</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я Святителя Василия Великого») </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ИНН 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>024082675, НАО «Царьград медиа»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИНН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7714874913, Благотворительный Фонд Святителя Василия Великого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИНН 5077021210 (далее </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Организаторам и Учредителям или Операторам) на распространение нижеуказанных персональных данных, а именно на предоставление доступа неограниченному кругу лиц, включая распространение, публичный показ, передачу в эфир и по кабелю, онлайн-трансляцию, доведение до всеобщего сведения посредством размещения в сети Интернет, и иные действия с целью размещения на информационных ресурсах Операторов моего выступления и (или) исполнения в аудиовизуальном произведении (далее </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> АВП) и (или) иную информацию, связанную с моим участием и (или) выступлением при проведении Организаторами </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>IV </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Профессионального Всероссийского конкурса педагогического мастерства «Вселенский конкурс Святителя Василия Великого» и иных просветительских и партнерских мероприятий (далее </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мероприятия), а также исполнением в составе АВП с целью создания просветительского контента в рамках деятельности Организаторов и Учредителей (аудиовизуальных произведений (в том числе фильмов, роликов) и его популяризации (распространения), создания любых рекламных материалов для продвижения мероприятий Учредителей и АВП, в том числе размещения информации о моем участии или выступлении на мероприятиях или исполнении в составе АВП (если применимо) и в пресс-релизе для средств массовой информации и иных рекламных материалах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="354E8CEA" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00317672" w:rsidRDefault="00112E48" w:rsidP="00112E48">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="260" w:lineRule="auto"/>
+        <w:ind w:left="-10" w:right="57"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2180BF5B" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F34C24" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="4" w:line="298" w:lineRule="auto"/>
         <w:ind w:right="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34C24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Категории и перечень персональных данных (далее </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Персональные данные»), на обработку в форме распространения* которых я даю согласие [необходимо выбрать одно из значений по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E4024F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>каждому</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F9129D" w:rsidRPr="00F34C24">
-[...54 lines deleted...]
-    <w:p w:rsidR="00A97995" w:rsidRDefault="00A97995">
+      <w:r w:rsidRPr="00E4024F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>из</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пунктов]:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6339D16F" w14:textId="77777777" w:rsidR="00112E48" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af7"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="-23"/>
         <w:tblW w:w="8750" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5908"/>
         <w:gridCol w:w="2842"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidTr="00F34C24">
+      <w:tr w:rsidR="00112E48" w:rsidRPr="00F9129D" w14:paraId="6C274541" w14:textId="77777777" w:rsidTr="00253FF5">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="3C248530" w14:textId="77777777" w:rsidR="00112E48" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="38"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Иные Персональные данные:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="6016518F" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="38"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="5343D3F5" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Разрешаю распространение:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidTr="00F34C24">
+      <w:tr w:rsidR="00112E48" w:rsidRPr="00F9129D" w14:paraId="0BF906FD" w14:textId="77777777" w:rsidTr="00253FF5">
         <w:trPr>
           <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="3998B3FE" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="38"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2.1. Фамилия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="323DE7F9" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="34"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">ДА </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> или НЕТ </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidTr="00F34C24">
+      <w:tr w:rsidR="00112E48" w:rsidRPr="00F9129D" w14:paraId="52622F81" w14:textId="77777777" w:rsidTr="00253FF5">
         <w:trPr>
           <w:trHeight w:val="294"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="6B8DCEFB" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="38"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">2.2. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>И</w:t>
             </w:r>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>мя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="3A4A606E" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="29"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">ДА </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> или НЕТ</w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidTr="00F34C24">
+      <w:tr w:rsidR="00112E48" w:rsidRPr="00F9129D" w14:paraId="0B0D1F93" w14:textId="77777777" w:rsidTr="00253FF5">
         <w:trPr>
           <w:trHeight w:val="291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="1BC55603" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="34"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2.3. Отчество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="7C816503" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="29"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">ДА </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> или НЕТ </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidTr="00F34C24">
+      <w:tr w:rsidR="00112E48" w:rsidRPr="00F9129D" w14:paraId="6FD2CC4A" w14:textId="77777777" w:rsidTr="00253FF5">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="11810B12" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="34"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2.4. Возраст</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="1E925BA7" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="29"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">ДА </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7151,356 +7237,356 @@
               <w:t xml:space="preserve">или </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>НЕТ</w:t>
             </w:r>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidTr="00F34C24">
+      <w:tr w:rsidR="00112E48" w:rsidRPr="00F9129D" w14:paraId="427439D7" w14:textId="77777777" w:rsidTr="00253FF5">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="04F41CAF" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="29"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2.5. Регион проживания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="23FD2B56" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="24"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">ДА </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> или НЕТ </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidTr="00F34C24">
+      <w:tr w:rsidR="00112E48" w:rsidRPr="00F9129D" w14:paraId="0877435A" w14:textId="77777777" w:rsidTr="00253FF5">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="7FDBBE66" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="29"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2.6. Населенный пункт проживания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="2C245255" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="24"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">ДА </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> или НЕТ </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidTr="00F34C24">
+      <w:tr w:rsidR="00112E48" w:rsidRPr="00F9129D" w14:paraId="0EDF0FB6" w14:textId="77777777" w:rsidTr="00253FF5">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="625F7736" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="24"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2.7. Образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="036D3035" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="19"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">ДА </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">или НЕТ </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidTr="00F34C24">
+      <w:tr w:rsidR="00112E48" w:rsidRPr="00F9129D" w14:paraId="65E2BDAA" w14:textId="77777777" w:rsidTr="00253FF5">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="1E6A8446" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="24"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2.8. Место получения образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="77612C05" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="19"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">ДА </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> или НЕТ </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidTr="00F34C24">
+      <w:tr w:rsidR="00112E48" w:rsidRPr="00F9129D" w14:paraId="61731E0C" w14:textId="77777777" w:rsidTr="00253FF5">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="46931AB8" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="19"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2.9. Класс/курс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="1474D745" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="19"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">ДА </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7508,697 +7594,777 @@
               <w:t xml:space="preserve"> или </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>НЕТ</w:t>
             </w:r>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidTr="00F34C24">
+      <w:tr w:rsidR="00112E48" w:rsidRPr="00F9129D" w14:paraId="5E833B09" w14:textId="77777777" w:rsidTr="00253FF5">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="1854A41A" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="19"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>2.10.Хобби, увлечения</w:t>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F9129D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10.Хобби</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F9129D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>, увлечения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="022848F3" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="14"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">ДА </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> или НЕТ </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidTr="00F34C24">
+      <w:tr w:rsidR="00112E48" w:rsidRPr="00F9129D" w14:paraId="73210BBE" w14:textId="77777777" w:rsidTr="00253FF5">
         <w:trPr>
           <w:trHeight w:val="292"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="6B7CC147" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="19"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>2.11.Должность</w:t>
-            </w:r>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F9129D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>11.Должность</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="2C0FBF0C" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="14"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">ДА </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> или НЕТ </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidTr="00F34C24">
+      <w:tr w:rsidR="00112E48" w:rsidRPr="00F9129D" w14:paraId="4E2DE87D" w14:textId="77777777" w:rsidTr="00253FF5">
         <w:trPr>
           <w:trHeight w:val="292"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="55CC76CD" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="14"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>2.12.Место работы</w:t>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F9129D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>12.Место</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F9129D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="1FF67D34" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">ДА </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> или НЕТ </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidTr="00F34C24">
+      <w:tr w:rsidR="00112E48" w:rsidRPr="00F9129D" w14:paraId="05C6E37B" w14:textId="77777777" w:rsidTr="00253FF5">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="523CF0E1" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2.13. Сведения о деятельности (регалии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="06F1D00B" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">ДА </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> или НЕТ </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidTr="00F34C24">
+      <w:tr w:rsidR="00112E48" w:rsidRPr="00F9129D" w14:paraId="6C5842BD" w14:textId="77777777" w:rsidTr="00253FF5">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="3A11A2FA" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2.14. Фотоизображение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="51A61AA0" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">ДА </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> или НЕТ </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidTr="00F34C24">
+      <w:tr w:rsidR="00112E48" w:rsidRPr="00F9129D" w14:paraId="1B55F894" w14:textId="77777777" w:rsidTr="00253FF5">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="11054BF7" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>2.15.Видеоизображение</w:t>
-            </w:r>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F9129D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>15.Видеоизображение</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="13400D96" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">ДА </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">или НЕТ </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidTr="00F34C24">
+      <w:tr w:rsidR="00112E48" w:rsidRPr="00F9129D" w14:paraId="00C21E19" w14:textId="77777777" w:rsidTr="00253FF5">
         <w:trPr>
           <w:trHeight w:val="292"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="4C2E0B60" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>2.16.Аудиозапись</w:t>
-            </w:r>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F9129D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>16.Аудиозапись</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="1D7731E7" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">ДА </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> или НЕТ </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidTr="00F34C24">
+      <w:tr w:rsidR="00112E48" w:rsidRPr="00F9129D" w14:paraId="3DC48644" w14:textId="77777777" w:rsidTr="00253FF5">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="32095AE2" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>2.17.Исполнения в составе АВП</w:t>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F9129D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>17.Исполнения</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F9129D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в составе АВП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="2BF0539D" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">ДА </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">или НЕТ </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidTr="00F34C24">
+      <w:tr w:rsidR="00112E48" w:rsidRPr="00F9129D" w14:paraId="0BE3968E" w14:textId="77777777" w:rsidTr="00253FF5">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="375FA0D4" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>2.18.Произведение автора (сведения о произведении)</w:t>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F9129D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>18.Произведение</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F9129D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> автора (сведения о произведении)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="6AA9B722" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">ДА </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> или НЕТ </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidTr="00F34C24">
+      <w:tr w:rsidR="00112E48" w:rsidRPr="00F9129D" w14:paraId="26DC957C" w14:textId="77777777" w:rsidTr="00253FF5">
         <w:trPr>
           <w:trHeight w:val="279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5908" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="35137B16" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2.19. Сведения об участии в мероприятии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C24" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+          <w:p w14:paraId="4765C8FE" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00253FF5">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1687"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">ДА </w:t>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidRPr="00F9129D">
@@ -8209,966 +8375,978 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>НЕТ</w:t>
             </w:r>
             <w:r w:rsidRPr="00F9129D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="005E1F93">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F9129D" w:rsidRPr="00F9129D" w:rsidRDefault="00F9129D" w:rsidP="00CF081D">
+    <w:p w14:paraId="775F8E62" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="4" w:line="298" w:lineRule="auto"/>
         <w:ind w:left="38" w:right="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F9129D" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00AB4B1C">
+    <w:p w14:paraId="27E64BBA" w14:textId="77777777" w:rsidR="00112E48" w:rsidRDefault="00112E48" w:rsidP="00112E48">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="269" w:lineRule="auto"/>
+        <w:ind w:right="45" w:firstLine="754"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48F3D771" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00D510CD" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="284" w:line="268" w:lineRule="auto"/>
         <w:ind w:left="-1" w:right="43" w:firstLine="754"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Согласно п. 5 ст. З Федерально</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00287687">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>му</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F9129D" w:rsidRPr="00F9129D">
+        <w:t>Согласно п. 5 ст. З Федерально</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> закон</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00287687">
+        <w:t>му</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>у</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F9129D" w:rsidRPr="00F9129D">
+        <w:t xml:space="preserve"> закон</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> от 27.07.2006 № 152-ФЗ «О персональных Данных» распространение персональных Данных</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CF081D" w:rsidRPr="00F34C24">
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F9129D" w:rsidRPr="00F9129D">
+        <w:t xml:space="preserve"> от 27.07.2006 № 152-ФЗ «О персональных Данных» распространение персональных Данных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34C24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Действия, направленные на раскрытие персональных Данных неопределенному кругу лиц. Под «неопределенным кругом лиц» понимается такой круг (перечень) лиц, которы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00287687">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>й</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F9129D" w:rsidRPr="00F9129D">
+        <w:t xml:space="preserve"> Действия, направленные на раскрытие персональных Данных неопределенному кругу лиц. Под «неопределенным кругом лиц» понимается такой круг (перечень) лиц, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005304A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> невозможно заранее определить. Оператор разумно предполагает сле</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">который невозможно заранее определить. Оператор разумно предполагает следующие категории лиц, на внимание которых ориентировано предоставление Доступа (раскрытие) Персональных Данных: пользователи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005304A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>д</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F9129D" w:rsidRPr="00F9129D">
+        <w:t>Интернет-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005304A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ующие категории лиц, на внимание котор</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00287687">
+        <w:t xml:space="preserve">сайтов </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00A91527">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>https://tsargrad.tv</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005304A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ых</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F9129D" w:rsidRPr="00F9129D">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ориентировано предоставление Доступа (раскрытие) Персональных Данных: пользователи сайт</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007E4DFD" w:rsidRPr="00F34C24">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00A91527">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>https://vasiliada.ru</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ов</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F9129D" w:rsidRPr="00F9129D">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005304A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...73 lines deleted...]
-      <w:r w:rsidR="007E4DFD" w:rsidRPr="00F34C24">
+        <w:t xml:space="preserve">а также пользователи групп (сообществ) Организаторов и Учредителей на странице в социальной сети «ВКонтакте», «Одноклассники» и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005304A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Telegram</w:t>
       </w:r>
-      <w:r w:rsidR="007E4DFD" w:rsidRPr="007E4DFD">
-[...6 lines deleted...]
-    <w:p w:rsidR="00F9129D" w:rsidRPr="00F9129D" w:rsidRDefault="007E4DFD" w:rsidP="007E4DFD">
+    </w:p>
+    <w:p w14:paraId="4D9CDEB8" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00112E48">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="284" w:line="268" w:lineRule="auto"/>
+        <w:ind w:left="-1" w:right="43" w:firstLine="754"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16191C6D" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="4" w:line="245" w:lineRule="auto"/>
         <w:ind w:left="38" w:right="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:t>3)</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> 3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9129D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Условия обработки </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Условия обработки </w:t>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9129D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> запреты на обработку вышеуказанных Персональных данных неограниченным кругом лиц (ч. 9 ст.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>или</w:t>
-[...14 lines deleted...]
-    <w:p w:rsidR="00F9129D" w:rsidRPr="00F9129D" w:rsidRDefault="007E4DFD" w:rsidP="00AB4B1C">
+        <w:t xml:space="preserve"> 10.l Федерального закона от 27.07.2006 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9129D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>№ 152-ФЗ «О персональных данных») [нужное отметить галочкой]:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C64446F" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="4" w:line="298" w:lineRule="auto"/>
         <w:ind w:left="859" w:right="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1F93">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidR="00F9129D" w:rsidRPr="00F9129D">
+      <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> не устанавливаю</w:t>
       </w:r>
-      <w:r w:rsidR="000657BA">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F9129D" w:rsidRPr="00F9129D" w:rsidRDefault="007E4DFD" w:rsidP="00CE2E34">
+    <w:p w14:paraId="0DA23111" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="125" w:right="45" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1F93">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidR="00F9129D" w:rsidRPr="00F9129D">
+      <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> устанавливаю запрет на передачу оператором (кроме предоставления доступа), указанных далее данных, неограниченному кругу лиц </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>_____________________</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00F9129D" w:rsidRPr="00F9129D">
+        <w:t xml:space="preserve">_______________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">(в случае отсутствия </w:t>
       </w:r>
-      <w:r w:rsidR="00F34C24">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F9129D" w:rsidRPr="00F9129D">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>не подлежит заполнению);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F9129D" w:rsidRPr="00F9129D" w:rsidRDefault="007E4DFD" w:rsidP="00CE2E34">
+    <w:p w14:paraId="22410B61" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="115" w:right="45" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1F93">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidR="00F9129D" w:rsidRPr="00F9129D">
+      <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>устанавливаю запрет на обработку (кроме получения доступа), указанных далее данных, неограниченным кругом лиц</w:t>
       </w:r>
-      <w:r w:rsidR="00CE2E34">
-[...4 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>______________________________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F9129D" w:rsidRPr="00F9129D">
+        <w:t xml:space="preserve"> _____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (в случае отсутствия</w:t>
       </w:r>
-      <w:r w:rsidR="00F34C24">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F9129D" w:rsidRPr="00F9129D">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>не подлежит заполнению);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F9129D" w:rsidRPr="00F9129D" w:rsidRDefault="007E4DFD" w:rsidP="00CE2E34">
+    <w:p w14:paraId="345E568A" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="110" w:right="45" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1F93">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidR="00F9129D" w:rsidRPr="00F9129D">
+      <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> устанавливаю условия обработки (кроме получения доступа) этих данных неограниченным кругом лиц</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> __________________________</w:t>
-[...26 lines deleted...]
-    <w:p w:rsidR="00F9129D" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+        <w:t xml:space="preserve"> ____________________________________________________ (в случае отсутствия – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9129D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>не подлежит заполнению).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="222ABEDB" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="4" w:line="298" w:lineRule="auto"/>
         <w:ind w:left="38" w:right="47" w:hanging="38"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">4) </w:t>
       </w:r>
-      <w:r w:rsidR="00F9129D" w:rsidRPr="00F9129D">
+      <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Дополнительные условия обработки персональных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>д</w:t>
       </w:r>
-      <w:r w:rsidR="00F9129D" w:rsidRPr="00F9129D">
+      <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>анных</w:t>
       </w:r>
-      <w:r w:rsidR="00287687">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F9129D" w:rsidRPr="00F9129D" w:rsidRDefault="00F9129D" w:rsidP="00AB4B1C">
+    <w:p w14:paraId="5CE89F6A" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="4" w:line="298" w:lineRule="auto"/>
         <w:ind w:left="38" w:right="47" w:firstLine="710"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Условия, при которых полученные персональные данные могут передаваться оператором только по его внутренней сети, обеспечивающей доступ к информации лишь для строго определенных сотрудников, либо с использованием информационно-телекоммуникационных сетей, либо без передачи полученных персональных данных (нужное отметить галочкой):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F9129D" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00F34C24">
+    <w:p w14:paraId="633886C3" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="4" w:line="298" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1F93">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidR="00F9129D" w:rsidRPr="00F9129D">
+      <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> не устанавливаю</w:t>
       </w:r>
-      <w:r w:rsidR="00CE2E34">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F9129D" w:rsidRPr="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="00AB4B1C">
+    <w:p w14:paraId="0A96DE34" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="4" w:line="298" w:lineRule="auto"/>
         <w:ind w:left="38" w:right="47" w:firstLine="710"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1F93">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>___________________________________________________________</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00F9129D" w:rsidRPr="00F9129D">
+        <w:t xml:space="preserve">___________________________________________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(заполняется только в случае, если Вы желаете установить дополнительные условия обработки персональных данных, в ином случае раздел не заполняется).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F9129D" w:rsidRPr="00F34C24" w:rsidRDefault="00F9129D" w:rsidP="002E212F">
+    <w:p w14:paraId="58D731ED" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F34C24" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="4" w:line="298" w:lineRule="auto"/>
         <w:ind w:right="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34C24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Подтверждаю, что права и обязанности в области защиты персональных данных разъяснены. Подтверждаю, что ознакомлен(а) с положениями Федерального закона от 27.07.2006 № 152-ФЗ «О персональных данных», а также с Политикой обработки персональных данных Оператор</w:t>
       </w:r>
-      <w:r w:rsidR="00F34C24">
-[...18 lines deleted...]
-    <w:p w:rsidR="00F9129D" w:rsidRPr="00F9129D" w:rsidRDefault="00F9129D" w:rsidP="002E212F">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52A34469" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="4" w:line="298" w:lineRule="auto"/>
         <w:ind w:right="47"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Я оставляю за собой право в любое время требовать исключения всех или отдельных персональных данных, указанных в настоящем согласии, из числа тех, к которым предоставлен доступ неограниченному кругу лиц, и (или) отозвать свое согласие в установленном законом Российской Федерации порядке.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F9129D" w:rsidRPr="00F9129D" w:rsidRDefault="00F9129D" w:rsidP="00AB4B1C">
+    <w:p w14:paraId="5C845EE3" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="4" w:line="298" w:lineRule="auto"/>
         <w:ind w:left="38" w:right="47" w:firstLine="710"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Мне известно, что в случае отзыва настоящего согласия достижение цели обработки персональных данных, указанной в настоящем согласии, станет невозможным.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F9129D" w:rsidRPr="00F9129D" w:rsidRDefault="00F9129D" w:rsidP="00AB4B1C">
+    <w:p w14:paraId="5D391623" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="4" w:line="298" w:lineRule="auto"/>
         <w:ind w:left="38" w:right="47" w:firstLine="710"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>В случае отзыва согласия на обработку персональных данных Оператор</w:t>
       </w:r>
-      <w:r w:rsidR="00F34C24">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ы</w:t>
       </w:r>
       <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> вправе продолжить обработку персональных данных при наличии оснований, указанных в пунктах 2—11 части 1 статьи 6, части</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> 2 статьи 10 и части 2 статьи 1</w:t>
+        <w:t xml:space="preserve"> вправе продолжить обработку персональных данных при наличии о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>снований, указанных в пунктах 2-</w:t>
       </w:r>
       <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>1 Федерального закона от 27 июля 2006 г. № 152-ФЗ «О персональных данных».</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F9129D" w:rsidRPr="00F9129D" w:rsidRDefault="00F9129D" w:rsidP="00AB4B1C">
+        <w:t>11 части 1 статьи 6, части</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 статьи 10 и части 2 статьи 11 Федерального закона от 27.07.2006 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9129D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>№ 152-ФЗ «О персональных данных».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7213173A" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00F9129D" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="423" w:line="298" w:lineRule="auto"/>
         <w:ind w:left="38" w:right="47" w:firstLine="710"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Настоящее согласие на обработку персональных данных, разрешенных для распространения, действует со дня его подписания в течение 5 (пяти) лет начиная со дня его подписания</w:t>
       </w:r>
-      <w:r w:rsidR="00287687">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> либо до достижения цели обработки персональных данных, либо до дня отзыва в письменной форме, направленного с </w:t>
-[...5 lines deleted...]
-        <w:t>электронного адреса,</w:t>
+        <w:t xml:space="preserve"> либо до достижения цели обработки персональных данных, либо до дня отзыва в письменной форме, направленного с электронного адреса, указанного в настоящем согласии на официальный адрес электронной почты </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00A91527">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:rPr>
+          <w:t>info@</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00A91527">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>vasiliada</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00A91527">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00A91527">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:rPr>
+          <w:t>ru</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F9129D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> указанного в настоящем согласии на официальный адрес электронной почты info@</w:t>
-[...28 lines deleted...]
-    <w:p w:rsidR="00F9129D" w:rsidRDefault="00F34C24" w:rsidP="0086251B">
+        <w:t xml:space="preserve"> если иное не установлено законодательством Российской Федерации. В случае если до окончания этого срока (5 лет) Согласие не будет отозвано, то срок его действия продлевается на следующие 5 (пять) лет. Количество продлений не ограничено.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="616EF618" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="002A4A7D" w:rsidRDefault="00112E48" w:rsidP="00112E48">
       <w:pPr>
         <w:widowControl/>
-        <w:spacing w:after="8" w:line="259" w:lineRule="auto"/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
         </w:rPr>
         <w:tab/>
-        <w:t>по</w:t>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...21 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+        <w:t xml:space="preserve">_________________                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78E3D174" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="002A4A7D" w:rsidRDefault="00112E48" w:rsidP="00112E48">
+      <w:pPr>
+        <w:widowControl/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>дата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">)   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                   (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">         (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>расшифровка подписи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E74E11" w14:textId="77777777" w:rsidR="00112E48" w:rsidRPr="00BA5E02" w:rsidRDefault="00112E48" w:rsidP="00112E48">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00112E48" w:rsidRPr="00BA5E02" w:rsidSect="009A62E9">
       <w:pgSz w:w="11909" w:h="16838"/>
       <w:pgMar w:top="851" w:right="1177" w:bottom="851" w:left="1177" w:header="0" w:footer="100" w:gutter="0"/>
       <w:pgNumType w:start="16"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000D020B" w:rsidRDefault="000D020B">
+    <w:p w14:paraId="0B84FAD6" w14:textId="77777777" w:rsidR="00E513F7" w:rsidRDefault="00E513F7">
       <w:pPr>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000D020B" w:rsidRDefault="000D020B">
+    <w:p w14:paraId="5E96A53F" w14:textId="77777777" w:rsidR="00E513F7" w:rsidRDefault="00E513F7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana Pro Semibold">
-    <w:panose1 w:val="020B0704030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="00000043" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -9182,360 +9360,360 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="005B4FEB" w:rsidRDefault="005B4FEB">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="7D9F4A68" w14:textId="77777777" w:rsidR="005B4FEB" w:rsidRDefault="005B4FEB">
     <w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="005B4FEB" w:rsidRDefault="005B4FEB">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="26377B58" w14:textId="77777777" w:rsidR="005B4FEB" w:rsidRDefault="005B4FEB">
     <w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="005B4FEB" w:rsidRPr="000447DF" w:rsidRDefault="005B4FEB" w:rsidP="000447DF">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5C454783" w14:textId="77777777" w:rsidR="005B4FEB" w:rsidRPr="000447DF" w:rsidRDefault="005B4FEB" w:rsidP="000447DF">
     <w:pPr>
       <w:pStyle w:val="af5"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000D020B" w:rsidRDefault="000D020B">
+    <w:p w14:paraId="0DCB5D65" w14:textId="77777777" w:rsidR="00E513F7" w:rsidRDefault="00E513F7">
       <w:pPr>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000D020B" w:rsidRDefault="000D020B">
+    <w:p w14:paraId="7023D37B" w14:textId="77777777" w:rsidR="00E513F7" w:rsidRDefault="00E513F7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="005B4FEB" w:rsidRDefault="005B4FEB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5050835C" w14:textId="77777777" w:rsidR="005B4FEB" w:rsidRDefault="005B4FEB">
     <w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="005B4FEB" w:rsidRDefault="005B4FEB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="27BE0D2A" w14:textId="77777777" w:rsidR="005B4FEB" w:rsidRDefault="005B4FEB">
     <w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="005B4FEB" w:rsidRDefault="005B4FEB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="0BFF9E44" w14:textId="77777777" w:rsidR="005B4FEB" w:rsidRDefault="005B4FEB">
     <w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000003"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="00000002"/>
+    <w:tmpl w:val="5A68C392"/>
     <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="3">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="4">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="5">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="6">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="7">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="8">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
-[...20 lines deleted...]
-    </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000017"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000016"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
@@ -9670,50 +9848,163 @@
         <w:sz w:val="24"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="01DC03CE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6B2CED04"/>
+    <w:lvl w:ilvl="0" w:tplc="95464D96">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana Pro Semibold" w:hAnsi="Verdana Pro Semibold" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0201184D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="27CACF04"/>
     <w:lvl w:ilvl="0" w:tplc="746CB0A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -9758,51 +10049,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="091A6D42"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7A60272C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -9871,51 +10162,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1AAF5048"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="37D2CB64"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -9960,65 +10251,65 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24B32D4B"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="478C1EE0"/>
+    <w:tmpl w:val="D9D684CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="8"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2421" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:b w:val="0"/>
+        <w:b/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2061" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2421" w:hanging="720"/>
@@ -10091,51 +10382,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3141" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3501" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2924080F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5BD2E16E"/>
     <w:lvl w:ilvl="0" w:tplc="5B0C549C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1222" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10181,51 +10472,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4822" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5542" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6262" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29AB4CAA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A184C86E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10303,51 +10594,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1860" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2280" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31293DA0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A52C1C5E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -10416,51 +10707,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31611F9B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5656920A"/>
     <w:lvl w:ilvl="0" w:tplc="95464D96">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana Pro Semibold" w:hAnsi="Verdana Pro Semibold" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10529,51 +10820,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32D5559E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E7A581C"/>
     <w:lvl w:ilvl="0" w:tplc="F2F664E8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10619,51 +10910,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33A75D02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8E06F8C0"/>
     <w:lvl w:ilvl="0" w:tplc="AF70E02C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1222" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10709,51 +11000,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4822" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5542" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6262" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34C1024E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2556DE44"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10831,62 +11122,62 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36714E88"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="534015BA"/>
+    <w:tmpl w:val="8C28770A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
-        <w:b w:val="0"/>
+        <w:b/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
@@ -11034,51 +11325,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39D5700F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6E6C9620"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -11156,51 +11447,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5409" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6336" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49BA277A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23AA85CA"/>
     <w:lvl w:ilvl="0" w:tplc="2EA6261A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="350" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1070" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -11245,51 +11536,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4670" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5390" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6110" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F1C3BAE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7D6E833E"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="507D0CAA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B4B636E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11361,51 +11765,164 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="535536EB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="22D0039E"/>
+    <w:lvl w:ilvl="0" w:tplc="95464D96">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana Pro Semibold" w:hAnsi="Verdana Pro Semibold" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55EE4BA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="072462CC"/>
     <w:lvl w:ilvl="0" w:tplc="95464D96">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana Pro Semibold" w:hAnsi="Verdana Pro Semibold" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11474,51 +11991,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59A84B51"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B54835F2"/>
     <w:lvl w:ilvl="0" w:tplc="E084BA12">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1222" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -11564,51 +12081,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4822" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5542" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6262" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BCA249B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0E1C93A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -11677,51 +12194,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CF916AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="87787168"/>
     <w:lvl w:ilvl="0" w:tplc="1F348750">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -11766,51 +12283,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61C4581F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C37276E8"/>
     <w:lvl w:ilvl="0" w:tplc="95464D96">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana Pro Semibold" w:hAnsi="Verdana Pro Semibold" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11879,51 +12396,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61E14268"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B9767D5A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -12001,51 +12518,164 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5409" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6336" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64E153DB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BA387D4A"/>
+    <w:lvl w:ilvl="0" w:tplc="95464D96">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana Pro Semibold" w:hAnsi="Verdana Pro Semibold" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66284BD9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="05D4E70E"/>
     <w:lvl w:ilvl="0" w:tplc="95464D96">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana Pro Semibold" w:hAnsi="Verdana Pro Semibold" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12114,51 +12744,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="748264D6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="89C23A24"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -12227,51 +12857,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5409" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6336" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75353519"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57A60976"/>
     <w:lvl w:ilvl="0" w:tplc="E7D0DB98">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="93" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="28"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
@@ -12325,51 +12955,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C26221D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4C76C9D4"/>
     <w:lvl w:ilvl="0" w:tplc="30243AE2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1222" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -12415,51 +13045,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4822" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5542" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6262" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F41227F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4792FF78"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -12528,609 +13158,888 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5409" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6336" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1951735590">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="877475784">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="388304595">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="143740272">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1635135407">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="437874526">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1407145712">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1343626516">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="9" w16cid:durableId="756171803">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="345062951">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1711492724">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1926456849">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1740982891">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="2036104880">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1651590419">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1694185168">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1334991375">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="878274293">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1632327630">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1199850814">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1601182985">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1932200718">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1120998737">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1046486260">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1869828262">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1067529312">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="933829091">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1065647088">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="29" w16cid:durableId="1484927348">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="6">
-[...26 lines deleted...]
-  <w:num w:numId="15">
+  <w:num w:numId="30" w16cid:durableId="1643195035">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16">
-[...2 lines deleted...]
-  <w:num w:numId="17">
+  <w:num w:numId="31" w16cid:durableId="1047071689">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="18">
-[...20 lines deleted...]
-  <w:num w:numId="25">
+  <w:num w:numId="32" w16cid:durableId="1309553792">
     <w:abstractNumId w:val="26"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="18"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="ru-RU" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
-  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="ru-RU" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
-  <w:activeWritingStyle w:appName="MSWord" w:lang="ru-RU" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
-  <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0079312F"/>
+    <w:rsid w:val="000004E1"/>
     <w:rsid w:val="000046BA"/>
     <w:rsid w:val="00005033"/>
     <w:rsid w:val="0000663E"/>
     <w:rsid w:val="0001397C"/>
+    <w:rsid w:val="000149F9"/>
     <w:rsid w:val="00015172"/>
+    <w:rsid w:val="00016821"/>
+    <w:rsid w:val="00017DF3"/>
     <w:rsid w:val="00027C7D"/>
     <w:rsid w:val="00030F2C"/>
+    <w:rsid w:val="00037182"/>
     <w:rsid w:val="000447DF"/>
     <w:rsid w:val="00050F77"/>
+    <w:rsid w:val="00056D9B"/>
     <w:rsid w:val="00062AEE"/>
+    <w:rsid w:val="000638DB"/>
     <w:rsid w:val="000657BA"/>
     <w:rsid w:val="00074CF0"/>
     <w:rsid w:val="00076529"/>
     <w:rsid w:val="000826F5"/>
     <w:rsid w:val="000908EC"/>
+    <w:rsid w:val="00092DA3"/>
     <w:rsid w:val="000943EF"/>
+    <w:rsid w:val="000A04FD"/>
     <w:rsid w:val="000B6FE5"/>
     <w:rsid w:val="000C22F9"/>
     <w:rsid w:val="000C6FE3"/>
-    <w:rsid w:val="000D020B"/>
     <w:rsid w:val="000D1A58"/>
     <w:rsid w:val="000D1D3A"/>
     <w:rsid w:val="000D281E"/>
     <w:rsid w:val="000D3A33"/>
+    <w:rsid w:val="000E2CE7"/>
+    <w:rsid w:val="000E41BD"/>
+    <w:rsid w:val="000E69E1"/>
     <w:rsid w:val="000E6D54"/>
+    <w:rsid w:val="000F49A6"/>
+    <w:rsid w:val="000F5159"/>
     <w:rsid w:val="000F5323"/>
     <w:rsid w:val="000F610F"/>
     <w:rsid w:val="00101B9E"/>
     <w:rsid w:val="001042AD"/>
     <w:rsid w:val="00106463"/>
+    <w:rsid w:val="001124E2"/>
+    <w:rsid w:val="00112E48"/>
     <w:rsid w:val="00117725"/>
     <w:rsid w:val="00120C7E"/>
     <w:rsid w:val="001220A7"/>
+    <w:rsid w:val="0012291A"/>
     <w:rsid w:val="001231F0"/>
+    <w:rsid w:val="00123265"/>
     <w:rsid w:val="00123DFD"/>
+    <w:rsid w:val="00124B30"/>
     <w:rsid w:val="001256A7"/>
     <w:rsid w:val="00125BB9"/>
+    <w:rsid w:val="001275FF"/>
+    <w:rsid w:val="00130FFE"/>
     <w:rsid w:val="00134C3C"/>
     <w:rsid w:val="0013526B"/>
     <w:rsid w:val="00135CFE"/>
     <w:rsid w:val="001404F4"/>
+    <w:rsid w:val="00151B5E"/>
     <w:rsid w:val="0016188D"/>
     <w:rsid w:val="00164DE2"/>
+    <w:rsid w:val="001666A5"/>
+    <w:rsid w:val="00167BC5"/>
+    <w:rsid w:val="00170C85"/>
     <w:rsid w:val="001710DA"/>
+    <w:rsid w:val="00172E08"/>
     <w:rsid w:val="001741F6"/>
     <w:rsid w:val="00177AF6"/>
     <w:rsid w:val="00180276"/>
+    <w:rsid w:val="0018101E"/>
     <w:rsid w:val="00182232"/>
     <w:rsid w:val="00182AA8"/>
     <w:rsid w:val="001924F0"/>
+    <w:rsid w:val="001A0D72"/>
+    <w:rsid w:val="001A30CE"/>
     <w:rsid w:val="001B2227"/>
     <w:rsid w:val="001B7B11"/>
+    <w:rsid w:val="001C04FD"/>
+    <w:rsid w:val="001D1A43"/>
     <w:rsid w:val="001D1B6E"/>
+    <w:rsid w:val="001D231F"/>
     <w:rsid w:val="001E53DD"/>
     <w:rsid w:val="001E5CB9"/>
+    <w:rsid w:val="001F14D3"/>
+    <w:rsid w:val="001F44E0"/>
     <w:rsid w:val="001F4D43"/>
     <w:rsid w:val="00206C31"/>
+    <w:rsid w:val="00207D0A"/>
     <w:rsid w:val="00211CD5"/>
     <w:rsid w:val="0021263A"/>
+    <w:rsid w:val="00215C1A"/>
+    <w:rsid w:val="002177AC"/>
     <w:rsid w:val="00221D81"/>
+    <w:rsid w:val="00222F09"/>
     <w:rsid w:val="0022388B"/>
     <w:rsid w:val="00225754"/>
+    <w:rsid w:val="002370F6"/>
+    <w:rsid w:val="0024760E"/>
+    <w:rsid w:val="00247657"/>
     <w:rsid w:val="002515B8"/>
     <w:rsid w:val="002522FB"/>
+    <w:rsid w:val="00252464"/>
     <w:rsid w:val="002612F2"/>
     <w:rsid w:val="0026176F"/>
     <w:rsid w:val="002617AF"/>
     <w:rsid w:val="002635FF"/>
+    <w:rsid w:val="00273680"/>
+    <w:rsid w:val="002806CC"/>
+    <w:rsid w:val="00286F29"/>
     <w:rsid w:val="00287687"/>
     <w:rsid w:val="00287D21"/>
     <w:rsid w:val="00295481"/>
     <w:rsid w:val="00295C91"/>
     <w:rsid w:val="002A19F9"/>
     <w:rsid w:val="002A4A7D"/>
     <w:rsid w:val="002C4309"/>
+    <w:rsid w:val="002D12E3"/>
     <w:rsid w:val="002D135B"/>
     <w:rsid w:val="002E13FF"/>
     <w:rsid w:val="002E212F"/>
     <w:rsid w:val="002E5787"/>
     <w:rsid w:val="002F713D"/>
+    <w:rsid w:val="002F7F0B"/>
+    <w:rsid w:val="0030098E"/>
+    <w:rsid w:val="00302740"/>
     <w:rsid w:val="00310C55"/>
+    <w:rsid w:val="00317672"/>
     <w:rsid w:val="00322C0E"/>
     <w:rsid w:val="00323C3F"/>
+    <w:rsid w:val="003306B9"/>
+    <w:rsid w:val="003309C6"/>
     <w:rsid w:val="00334FBE"/>
+    <w:rsid w:val="00340ED1"/>
     <w:rsid w:val="00342BCB"/>
+    <w:rsid w:val="00352DB7"/>
     <w:rsid w:val="00354DC2"/>
     <w:rsid w:val="003622E3"/>
     <w:rsid w:val="00371DFB"/>
+    <w:rsid w:val="00372895"/>
+    <w:rsid w:val="00376072"/>
     <w:rsid w:val="00386AA2"/>
     <w:rsid w:val="00396897"/>
     <w:rsid w:val="003A3A79"/>
     <w:rsid w:val="003A4ADB"/>
+    <w:rsid w:val="003A5EAC"/>
     <w:rsid w:val="003A7593"/>
+    <w:rsid w:val="003A79D1"/>
     <w:rsid w:val="003B01AE"/>
     <w:rsid w:val="003B0A2B"/>
     <w:rsid w:val="003B0D00"/>
+    <w:rsid w:val="003B24AC"/>
     <w:rsid w:val="003B41EA"/>
+    <w:rsid w:val="003B571C"/>
+    <w:rsid w:val="003B6CD9"/>
+    <w:rsid w:val="003B7F62"/>
+    <w:rsid w:val="003C07B4"/>
     <w:rsid w:val="003C09F2"/>
+    <w:rsid w:val="003C11E7"/>
     <w:rsid w:val="003C2CD4"/>
     <w:rsid w:val="003D0A8D"/>
+    <w:rsid w:val="003D18D5"/>
     <w:rsid w:val="003D33EB"/>
+    <w:rsid w:val="003D3F14"/>
+    <w:rsid w:val="003E192C"/>
     <w:rsid w:val="003E2909"/>
     <w:rsid w:val="003E4582"/>
     <w:rsid w:val="003E5437"/>
     <w:rsid w:val="003F080F"/>
     <w:rsid w:val="003F0D62"/>
     <w:rsid w:val="003F1ACE"/>
     <w:rsid w:val="003F3F9F"/>
+    <w:rsid w:val="003F6DE5"/>
     <w:rsid w:val="00402E00"/>
     <w:rsid w:val="00407767"/>
     <w:rsid w:val="00410162"/>
+    <w:rsid w:val="00410A44"/>
+    <w:rsid w:val="00423866"/>
     <w:rsid w:val="004246C9"/>
     <w:rsid w:val="00426656"/>
     <w:rsid w:val="004333F0"/>
     <w:rsid w:val="00445322"/>
     <w:rsid w:val="004466E4"/>
     <w:rsid w:val="004507C3"/>
     <w:rsid w:val="00451974"/>
     <w:rsid w:val="00452C07"/>
     <w:rsid w:val="00457748"/>
     <w:rsid w:val="00461DF2"/>
     <w:rsid w:val="00462520"/>
     <w:rsid w:val="004639AB"/>
     <w:rsid w:val="004652FC"/>
     <w:rsid w:val="004705BA"/>
     <w:rsid w:val="004713D1"/>
+    <w:rsid w:val="00480994"/>
     <w:rsid w:val="00483E87"/>
+    <w:rsid w:val="004903A5"/>
+    <w:rsid w:val="004967CD"/>
     <w:rsid w:val="004A10AA"/>
     <w:rsid w:val="004A39E6"/>
+    <w:rsid w:val="004B05CC"/>
+    <w:rsid w:val="004B23EE"/>
     <w:rsid w:val="004B46C6"/>
     <w:rsid w:val="004B7A89"/>
     <w:rsid w:val="004C0689"/>
+    <w:rsid w:val="004C4960"/>
     <w:rsid w:val="004C5E1C"/>
     <w:rsid w:val="004C61D7"/>
     <w:rsid w:val="004D48D2"/>
+    <w:rsid w:val="004D53A2"/>
     <w:rsid w:val="004D588D"/>
     <w:rsid w:val="004E409D"/>
+    <w:rsid w:val="004E4881"/>
     <w:rsid w:val="004E54D2"/>
+    <w:rsid w:val="004F44A5"/>
+    <w:rsid w:val="00500615"/>
     <w:rsid w:val="00502ECE"/>
+    <w:rsid w:val="00504555"/>
     <w:rsid w:val="005060E7"/>
+    <w:rsid w:val="00512696"/>
+    <w:rsid w:val="00514FEB"/>
     <w:rsid w:val="005165AA"/>
     <w:rsid w:val="00516F53"/>
     <w:rsid w:val="005264D1"/>
+    <w:rsid w:val="005304A3"/>
+    <w:rsid w:val="005343BC"/>
+    <w:rsid w:val="00534A6C"/>
     <w:rsid w:val="00535728"/>
+    <w:rsid w:val="005400FB"/>
     <w:rsid w:val="0054040F"/>
+    <w:rsid w:val="00541084"/>
     <w:rsid w:val="005444C8"/>
+    <w:rsid w:val="00545252"/>
+    <w:rsid w:val="00547A49"/>
+    <w:rsid w:val="00551CB4"/>
+    <w:rsid w:val="005601E9"/>
     <w:rsid w:val="005639BE"/>
     <w:rsid w:val="005665D6"/>
     <w:rsid w:val="005675D1"/>
     <w:rsid w:val="00570CD4"/>
+    <w:rsid w:val="005738FB"/>
+    <w:rsid w:val="005827B8"/>
+    <w:rsid w:val="00582F52"/>
     <w:rsid w:val="00587634"/>
+    <w:rsid w:val="005965EA"/>
+    <w:rsid w:val="005A31B7"/>
     <w:rsid w:val="005B17C2"/>
     <w:rsid w:val="005B4FEB"/>
+    <w:rsid w:val="005B6A36"/>
+    <w:rsid w:val="005C0668"/>
     <w:rsid w:val="005C477D"/>
+    <w:rsid w:val="005D2423"/>
     <w:rsid w:val="005D3EE4"/>
     <w:rsid w:val="005E1CB7"/>
     <w:rsid w:val="005E1F93"/>
     <w:rsid w:val="005F444D"/>
     <w:rsid w:val="00600DBF"/>
+    <w:rsid w:val="00601690"/>
+    <w:rsid w:val="00603FA1"/>
+    <w:rsid w:val="00606697"/>
+    <w:rsid w:val="00610E21"/>
     <w:rsid w:val="00613F34"/>
     <w:rsid w:val="00634400"/>
     <w:rsid w:val="00640070"/>
     <w:rsid w:val="0064059B"/>
     <w:rsid w:val="006441A3"/>
+    <w:rsid w:val="0064714C"/>
     <w:rsid w:val="00652E2B"/>
+    <w:rsid w:val="006541CC"/>
     <w:rsid w:val="006631A4"/>
+    <w:rsid w:val="006652F4"/>
     <w:rsid w:val="00674511"/>
+    <w:rsid w:val="00677007"/>
     <w:rsid w:val="00681172"/>
     <w:rsid w:val="00683431"/>
     <w:rsid w:val="006838EF"/>
     <w:rsid w:val="006851A8"/>
+    <w:rsid w:val="00685F7E"/>
+    <w:rsid w:val="0068633E"/>
     <w:rsid w:val="00687DE0"/>
+    <w:rsid w:val="00694AA2"/>
+    <w:rsid w:val="00697907"/>
+    <w:rsid w:val="006A1BF8"/>
     <w:rsid w:val="006A4F0B"/>
     <w:rsid w:val="006B34B2"/>
+    <w:rsid w:val="006C0BD5"/>
+    <w:rsid w:val="006D4293"/>
     <w:rsid w:val="006D7C3D"/>
     <w:rsid w:val="006E03E7"/>
     <w:rsid w:val="006F512F"/>
+    <w:rsid w:val="00701818"/>
+    <w:rsid w:val="007029C5"/>
     <w:rsid w:val="007064BC"/>
+    <w:rsid w:val="00707E53"/>
     <w:rsid w:val="00723F78"/>
     <w:rsid w:val="00735701"/>
+    <w:rsid w:val="00744527"/>
+    <w:rsid w:val="007467F4"/>
     <w:rsid w:val="0075371D"/>
     <w:rsid w:val="00776767"/>
     <w:rsid w:val="00777C48"/>
+    <w:rsid w:val="0078218F"/>
+    <w:rsid w:val="00784A03"/>
     <w:rsid w:val="007860A7"/>
     <w:rsid w:val="007866AA"/>
+    <w:rsid w:val="0078747E"/>
     <w:rsid w:val="00791A76"/>
     <w:rsid w:val="0079312F"/>
+    <w:rsid w:val="0079666C"/>
     <w:rsid w:val="007A0699"/>
     <w:rsid w:val="007A2F79"/>
+    <w:rsid w:val="007A4D33"/>
     <w:rsid w:val="007B2DD1"/>
+    <w:rsid w:val="007B5D0E"/>
+    <w:rsid w:val="007B757B"/>
     <w:rsid w:val="007C531D"/>
+    <w:rsid w:val="007D72B8"/>
     <w:rsid w:val="007E4DFD"/>
+    <w:rsid w:val="007F211C"/>
+    <w:rsid w:val="007F269C"/>
+    <w:rsid w:val="007F54E0"/>
     <w:rsid w:val="008008F0"/>
+    <w:rsid w:val="00800E24"/>
+    <w:rsid w:val="00801735"/>
     <w:rsid w:val="00801E2C"/>
     <w:rsid w:val="00812EC4"/>
     <w:rsid w:val="00813343"/>
+    <w:rsid w:val="008155AD"/>
+    <w:rsid w:val="00821B42"/>
     <w:rsid w:val="008327A3"/>
     <w:rsid w:val="00832899"/>
     <w:rsid w:val="0083291D"/>
+    <w:rsid w:val="0084262D"/>
     <w:rsid w:val="008502EA"/>
+    <w:rsid w:val="008610E9"/>
     <w:rsid w:val="00861D56"/>
-    <w:rsid w:val="0086251B"/>
     <w:rsid w:val="008626C8"/>
     <w:rsid w:val="00862B5E"/>
+    <w:rsid w:val="008664C8"/>
+    <w:rsid w:val="008710BA"/>
+    <w:rsid w:val="008712C3"/>
     <w:rsid w:val="0087359E"/>
     <w:rsid w:val="00874384"/>
     <w:rsid w:val="008778B0"/>
+    <w:rsid w:val="00880FEA"/>
     <w:rsid w:val="00885C86"/>
+    <w:rsid w:val="008873BD"/>
     <w:rsid w:val="00893271"/>
     <w:rsid w:val="008A02B2"/>
     <w:rsid w:val="008A07DD"/>
     <w:rsid w:val="008A3E52"/>
+    <w:rsid w:val="008A664E"/>
+    <w:rsid w:val="008B1237"/>
+    <w:rsid w:val="008B2653"/>
     <w:rsid w:val="008C6293"/>
     <w:rsid w:val="008D2189"/>
+    <w:rsid w:val="008D3140"/>
     <w:rsid w:val="008D4334"/>
     <w:rsid w:val="008D4DE0"/>
+    <w:rsid w:val="008E0570"/>
+    <w:rsid w:val="008E15DD"/>
+    <w:rsid w:val="008E200B"/>
     <w:rsid w:val="008E231D"/>
     <w:rsid w:val="008E4F09"/>
     <w:rsid w:val="008E50ED"/>
     <w:rsid w:val="008E74A8"/>
+    <w:rsid w:val="008F1EE0"/>
+    <w:rsid w:val="008F7A19"/>
+    <w:rsid w:val="0090531E"/>
+    <w:rsid w:val="009113E8"/>
     <w:rsid w:val="00915DE2"/>
+    <w:rsid w:val="00922594"/>
     <w:rsid w:val="009238EF"/>
     <w:rsid w:val="00926678"/>
+    <w:rsid w:val="00926F04"/>
+    <w:rsid w:val="00933C17"/>
+    <w:rsid w:val="00936595"/>
     <w:rsid w:val="00937E04"/>
+    <w:rsid w:val="00941ED6"/>
+    <w:rsid w:val="00943A60"/>
     <w:rsid w:val="00945268"/>
+    <w:rsid w:val="009463D1"/>
     <w:rsid w:val="00946521"/>
+    <w:rsid w:val="00962AE4"/>
     <w:rsid w:val="00966373"/>
+    <w:rsid w:val="00967FAA"/>
     <w:rsid w:val="00973EE2"/>
     <w:rsid w:val="00983674"/>
+    <w:rsid w:val="00985E22"/>
     <w:rsid w:val="009860D9"/>
     <w:rsid w:val="00986842"/>
+    <w:rsid w:val="0098757D"/>
+    <w:rsid w:val="00990538"/>
     <w:rsid w:val="00991C5A"/>
     <w:rsid w:val="00993EB8"/>
     <w:rsid w:val="009A15DC"/>
     <w:rsid w:val="009A62E9"/>
     <w:rsid w:val="009B17A8"/>
     <w:rsid w:val="009B1FD4"/>
     <w:rsid w:val="009C2111"/>
     <w:rsid w:val="009C3125"/>
     <w:rsid w:val="009C3C67"/>
     <w:rsid w:val="009C3DD8"/>
+    <w:rsid w:val="009C73AC"/>
+    <w:rsid w:val="009D3906"/>
+    <w:rsid w:val="009E2583"/>
+    <w:rsid w:val="009E43B2"/>
     <w:rsid w:val="009E67DD"/>
     <w:rsid w:val="009F7254"/>
     <w:rsid w:val="009F7564"/>
+    <w:rsid w:val="00A03805"/>
+    <w:rsid w:val="00A07C54"/>
     <w:rsid w:val="00A11841"/>
     <w:rsid w:val="00A12FB1"/>
     <w:rsid w:val="00A13F9D"/>
     <w:rsid w:val="00A1635B"/>
+    <w:rsid w:val="00A21630"/>
     <w:rsid w:val="00A223CB"/>
     <w:rsid w:val="00A224F6"/>
+    <w:rsid w:val="00A42C25"/>
+    <w:rsid w:val="00A44A48"/>
+    <w:rsid w:val="00A46ADF"/>
+    <w:rsid w:val="00A474A5"/>
+    <w:rsid w:val="00A5353D"/>
     <w:rsid w:val="00A5736B"/>
+    <w:rsid w:val="00A5748C"/>
+    <w:rsid w:val="00A61F07"/>
     <w:rsid w:val="00A66170"/>
     <w:rsid w:val="00A7011F"/>
+    <w:rsid w:val="00A71D64"/>
+    <w:rsid w:val="00A72756"/>
     <w:rsid w:val="00A74443"/>
     <w:rsid w:val="00A75EE5"/>
     <w:rsid w:val="00A82B55"/>
+    <w:rsid w:val="00A83388"/>
     <w:rsid w:val="00A843C6"/>
     <w:rsid w:val="00A97995"/>
+    <w:rsid w:val="00AA16C0"/>
+    <w:rsid w:val="00AA3D0E"/>
+    <w:rsid w:val="00AB02D5"/>
     <w:rsid w:val="00AB4B1C"/>
     <w:rsid w:val="00AD0ED0"/>
+    <w:rsid w:val="00AD4B1D"/>
+    <w:rsid w:val="00AE09E6"/>
     <w:rsid w:val="00AE58BC"/>
+    <w:rsid w:val="00AE62DD"/>
     <w:rsid w:val="00AF05EC"/>
+    <w:rsid w:val="00AF2CAF"/>
     <w:rsid w:val="00AF3655"/>
     <w:rsid w:val="00AF54D4"/>
     <w:rsid w:val="00B0715F"/>
+    <w:rsid w:val="00B07714"/>
+    <w:rsid w:val="00B11574"/>
     <w:rsid w:val="00B13F5F"/>
     <w:rsid w:val="00B24FF4"/>
     <w:rsid w:val="00B30809"/>
+    <w:rsid w:val="00B32DA5"/>
     <w:rsid w:val="00B36EEF"/>
     <w:rsid w:val="00B415BB"/>
     <w:rsid w:val="00B62F2E"/>
+    <w:rsid w:val="00B662AB"/>
+    <w:rsid w:val="00B66CC8"/>
+    <w:rsid w:val="00B67EDF"/>
     <w:rsid w:val="00B8124A"/>
     <w:rsid w:val="00B830E3"/>
     <w:rsid w:val="00B84F13"/>
     <w:rsid w:val="00B85E41"/>
     <w:rsid w:val="00B92167"/>
+    <w:rsid w:val="00BA2E36"/>
     <w:rsid w:val="00BA5E02"/>
     <w:rsid w:val="00BB1543"/>
+    <w:rsid w:val="00BB175C"/>
+    <w:rsid w:val="00BB371B"/>
     <w:rsid w:val="00BB5774"/>
     <w:rsid w:val="00BC3C08"/>
     <w:rsid w:val="00BD3515"/>
+    <w:rsid w:val="00BD706A"/>
+    <w:rsid w:val="00BE0CE9"/>
     <w:rsid w:val="00BE6854"/>
+    <w:rsid w:val="00BF5A0C"/>
     <w:rsid w:val="00C01E61"/>
     <w:rsid w:val="00C045D1"/>
+    <w:rsid w:val="00C06EF1"/>
     <w:rsid w:val="00C15654"/>
+    <w:rsid w:val="00C225F4"/>
     <w:rsid w:val="00C24867"/>
     <w:rsid w:val="00C255F9"/>
     <w:rsid w:val="00C261D7"/>
+    <w:rsid w:val="00C27EBF"/>
     <w:rsid w:val="00C32D33"/>
     <w:rsid w:val="00C33825"/>
+    <w:rsid w:val="00C4215C"/>
     <w:rsid w:val="00C42268"/>
+    <w:rsid w:val="00C45191"/>
     <w:rsid w:val="00C51857"/>
     <w:rsid w:val="00C57B86"/>
     <w:rsid w:val="00C64D00"/>
+    <w:rsid w:val="00C659E9"/>
     <w:rsid w:val="00C670BE"/>
     <w:rsid w:val="00C712DD"/>
     <w:rsid w:val="00C7441E"/>
     <w:rsid w:val="00C76B6D"/>
     <w:rsid w:val="00C827D0"/>
     <w:rsid w:val="00C86B8A"/>
     <w:rsid w:val="00C91AAA"/>
+    <w:rsid w:val="00C926D8"/>
     <w:rsid w:val="00C928E6"/>
+    <w:rsid w:val="00C968CD"/>
     <w:rsid w:val="00C97CF1"/>
+    <w:rsid w:val="00CA7346"/>
     <w:rsid w:val="00CB24A9"/>
     <w:rsid w:val="00CB3905"/>
+    <w:rsid w:val="00CC2475"/>
+    <w:rsid w:val="00CC6B74"/>
     <w:rsid w:val="00CC7D55"/>
     <w:rsid w:val="00CD67C9"/>
     <w:rsid w:val="00CD7FCD"/>
+    <w:rsid w:val="00CE0936"/>
     <w:rsid w:val="00CE15E2"/>
     <w:rsid w:val="00CE2E34"/>
     <w:rsid w:val="00CE7027"/>
     <w:rsid w:val="00CE7E2E"/>
     <w:rsid w:val="00CF081D"/>
     <w:rsid w:val="00CF1488"/>
     <w:rsid w:val="00CF3553"/>
     <w:rsid w:val="00CF393E"/>
+    <w:rsid w:val="00CF3F1B"/>
     <w:rsid w:val="00CF4B7A"/>
     <w:rsid w:val="00CF577D"/>
+    <w:rsid w:val="00D00516"/>
+    <w:rsid w:val="00D023A0"/>
     <w:rsid w:val="00D02AAA"/>
+    <w:rsid w:val="00D1007B"/>
+    <w:rsid w:val="00D113A7"/>
+    <w:rsid w:val="00D17343"/>
+    <w:rsid w:val="00D21AFC"/>
     <w:rsid w:val="00D256F2"/>
     <w:rsid w:val="00D31A99"/>
     <w:rsid w:val="00D33D01"/>
+    <w:rsid w:val="00D43D56"/>
+    <w:rsid w:val="00D44388"/>
+    <w:rsid w:val="00D510CD"/>
     <w:rsid w:val="00D52F75"/>
+    <w:rsid w:val="00D6162C"/>
+    <w:rsid w:val="00D63514"/>
+    <w:rsid w:val="00D63BE9"/>
     <w:rsid w:val="00D63F1B"/>
+    <w:rsid w:val="00D65A8A"/>
     <w:rsid w:val="00D66752"/>
+    <w:rsid w:val="00D66D14"/>
+    <w:rsid w:val="00D6757C"/>
     <w:rsid w:val="00D72777"/>
     <w:rsid w:val="00D76DB8"/>
+    <w:rsid w:val="00D810F9"/>
+    <w:rsid w:val="00D84477"/>
     <w:rsid w:val="00D915C5"/>
     <w:rsid w:val="00D92A15"/>
     <w:rsid w:val="00DA0F26"/>
     <w:rsid w:val="00DA3607"/>
     <w:rsid w:val="00DA38CB"/>
+    <w:rsid w:val="00DA6450"/>
     <w:rsid w:val="00DA78FE"/>
     <w:rsid w:val="00DB101E"/>
     <w:rsid w:val="00DB2376"/>
+    <w:rsid w:val="00DB7024"/>
     <w:rsid w:val="00DC5568"/>
     <w:rsid w:val="00DC6243"/>
     <w:rsid w:val="00DD257F"/>
     <w:rsid w:val="00DD382E"/>
     <w:rsid w:val="00DF5BCD"/>
+    <w:rsid w:val="00DF7682"/>
+    <w:rsid w:val="00E12CAE"/>
     <w:rsid w:val="00E14621"/>
+    <w:rsid w:val="00E15378"/>
+    <w:rsid w:val="00E17BA2"/>
     <w:rsid w:val="00E23FFB"/>
     <w:rsid w:val="00E25272"/>
+    <w:rsid w:val="00E27880"/>
     <w:rsid w:val="00E30398"/>
     <w:rsid w:val="00E35CCE"/>
+    <w:rsid w:val="00E3745D"/>
+    <w:rsid w:val="00E37AEB"/>
     <w:rsid w:val="00E401C1"/>
+    <w:rsid w:val="00E4024F"/>
     <w:rsid w:val="00E40BD9"/>
     <w:rsid w:val="00E41114"/>
+    <w:rsid w:val="00E41A21"/>
     <w:rsid w:val="00E423C5"/>
+    <w:rsid w:val="00E513F7"/>
+    <w:rsid w:val="00E6376A"/>
     <w:rsid w:val="00E663E2"/>
     <w:rsid w:val="00E66AA5"/>
     <w:rsid w:val="00E6705E"/>
+    <w:rsid w:val="00E7251B"/>
     <w:rsid w:val="00E74E0B"/>
     <w:rsid w:val="00E81322"/>
     <w:rsid w:val="00E856DF"/>
     <w:rsid w:val="00E91743"/>
     <w:rsid w:val="00E93600"/>
     <w:rsid w:val="00E95F15"/>
+    <w:rsid w:val="00E960BE"/>
     <w:rsid w:val="00EA22CA"/>
     <w:rsid w:val="00EA5763"/>
+    <w:rsid w:val="00EA602D"/>
+    <w:rsid w:val="00EB0D1A"/>
+    <w:rsid w:val="00EB722F"/>
+    <w:rsid w:val="00EC10B9"/>
+    <w:rsid w:val="00EC1C90"/>
+    <w:rsid w:val="00EC4292"/>
+    <w:rsid w:val="00ED2108"/>
     <w:rsid w:val="00ED242A"/>
     <w:rsid w:val="00ED2D2D"/>
     <w:rsid w:val="00ED3F91"/>
     <w:rsid w:val="00ED63A7"/>
     <w:rsid w:val="00ED6BB0"/>
     <w:rsid w:val="00EE120F"/>
     <w:rsid w:val="00EE2BC7"/>
+    <w:rsid w:val="00EE514E"/>
     <w:rsid w:val="00EE588B"/>
     <w:rsid w:val="00EE7BCA"/>
     <w:rsid w:val="00EF2520"/>
+    <w:rsid w:val="00EF3E87"/>
     <w:rsid w:val="00F027F3"/>
     <w:rsid w:val="00F04685"/>
     <w:rsid w:val="00F16115"/>
     <w:rsid w:val="00F31F0E"/>
     <w:rsid w:val="00F34C24"/>
+    <w:rsid w:val="00F40756"/>
+    <w:rsid w:val="00F41F6E"/>
+    <w:rsid w:val="00F544F2"/>
     <w:rsid w:val="00F56EC9"/>
     <w:rsid w:val="00F64E31"/>
+    <w:rsid w:val="00F769C2"/>
     <w:rsid w:val="00F83675"/>
     <w:rsid w:val="00F9129D"/>
     <w:rsid w:val="00F942F4"/>
     <w:rsid w:val="00FA1FED"/>
     <w:rsid w:val="00FA250B"/>
+    <w:rsid w:val="00FA4CC4"/>
+    <w:rsid w:val="00FB08FB"/>
+    <w:rsid w:val="00FB2F4C"/>
+    <w:rsid w:val="00FB7AA6"/>
     <w:rsid w:val="00FC1647"/>
+    <w:rsid w:val="00FC3920"/>
+    <w:rsid w:val="00FC40DC"/>
     <w:rsid w:val="00FC53D3"/>
     <w:rsid w:val="00FC5540"/>
     <w:rsid w:val="00FD4628"/>
+    <w:rsid w:val="00FE0C32"/>
+    <w:rsid w:val="00FE4465"/>
+    <w:rsid w:val="00FE5B21"/>
     <w:rsid w:val="00FF0144"/>
     <w:rsid w:val="00FF69F3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0E0A167D"/>
+  <w14:docId w14:val="71236D2C"/>
   <w14:defaultImageDpi w14:val="0"/>
   <w15:docId w15:val="{4A5D51B9-8974-482C-91EC-AEE60D59CDE7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -13458,50 +14367,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00354DC2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -14476,51 +15390,51 @@
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00005033"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="afd">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00005033"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="291911907">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="425073422">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14551,51 +15465,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1130316495">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@vasiliada.ru" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vasiliada.ru" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tsargrad.tv" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@vasiliada.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -14824,82 +15738,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0634058-2500-44F8-A3D9-B0DEE6C251BC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26A47734-425D-494C-B761-D4CC1C76C004}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>3004</Words>
-  <Characters>17126</Characters>
+  <Words>3043</Words>
+  <Characters>17350</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>142</Lines>
+  <Lines>144</Lines>
   <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20090</CharactersWithSpaces>
+  <CharactersWithSpaces>20353</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Струкова Любовь Михайловна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>